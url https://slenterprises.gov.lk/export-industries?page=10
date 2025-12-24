--- v0 (2025-11-09)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="643">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="858">
   <si>
     <t>IIN</t>
   </si>
   <si>
     <t>Name of the Industry/Business/Entity</t>
   </si>
   <si>
     <t>Nature of the Business</t>
   </si>
   <si>
     <t>Industry Scales</t>
   </si>
   <si>
     <t>Business Category</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>0000 0000 0001</t>
   </si>
   <si>
     <t>DUMINDU INDUSTRIES ( PVT ) LTD</t>
   </si>
   <si>
@@ -1941,50 +1941,695 @@
     <t>NEW SAGARA BATIK</t>
   </si>
   <si>
     <t>0000 0000 0302</t>
   </si>
   <si>
     <t>KIYOSHAN CERAMIC</t>
   </si>
   <si>
     <t>0000 0000 0303</t>
   </si>
   <si>
     <t>MENSTER GARMENT</t>
   </si>
   <si>
     <t>0000 0000 0304</t>
   </si>
   <si>
     <t>NILWALA TEA FACTORY PVT LTD</t>
   </si>
   <si>
     <t>0000 0000 0305</t>
   </si>
   <si>
     <t>KENSHA EMBROIDERY</t>
+  </si>
+  <si>
+    <t>0000 0000 0306</t>
+  </si>
+  <si>
+    <t>SIYANETHA  PRINTING &amp; PACKAGING</t>
+  </si>
+  <si>
+    <t>0000 0000 0307</t>
+  </si>
+  <si>
+    <t>THE CEYLON SPICE HOUSE HOLDINGS PVT.LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0308</t>
+  </si>
+  <si>
+    <t>SAMUDRA SUPERMARKET PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0309</t>
+  </si>
+  <si>
+    <t>ECO FRIENDLY GREEN PRODUCTION</t>
+  </si>
+  <si>
+    <t>0000 0000 0310</t>
+  </si>
+  <si>
+    <t>LUXURY FOOD AND BEVERAGES (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0311</t>
+  </si>
+  <si>
+    <t>SERENDIB ORGANIC HOLDINGS PVT LTD</t>
+  </si>
+  <si>
+    <t>Agriculture,Industry,Trading</t>
+  </si>
+  <si>
+    <t>0000 0000 0312</t>
+  </si>
+  <si>
+    <t>SRI MEGAH ROLLING PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0313</t>
+  </si>
+  <si>
+    <t>S T FASHION</t>
+  </si>
+  <si>
+    <t>0000 0000 0314</t>
+  </si>
+  <si>
+    <t>REX MARKETING &amp; INDUSTRIES (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0315</t>
+  </si>
+  <si>
+    <t>J FRUITS</t>
+  </si>
+  <si>
+    <t>0000 0000 0316</t>
+  </si>
+  <si>
+    <t>HILMAS LANKA PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0317</t>
+  </si>
+  <si>
+    <t>MENU PLANTATIONS PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0318</t>
+  </si>
+  <si>
+    <t>SENU FASHION</t>
+  </si>
+  <si>
+    <t>0000 0000 0319</t>
+  </si>
+  <si>
+    <t>MULTY COCO PRODUCTS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0320</t>
+  </si>
+  <si>
+    <t>GLOBAL BUSINESS SOLUTIONS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0321</t>
+  </si>
+  <si>
+    <t>PUWAKARAMBA INDUSTRIES (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0322</t>
+  </si>
+  <si>
+    <t>INFOGLOBAL INNOVATOR (PVT) LTD;</t>
+  </si>
+  <si>
+    <t>0000 0000 0323</t>
+  </si>
+  <si>
+    <t>WASANA ORNAMENTAL FISH FARM PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0324</t>
+  </si>
+  <si>
+    <t>MALINDU FOODS PRODUCT (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0325</t>
+  </si>
+  <si>
+    <t>HIFONA LANKA (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0326</t>
+  </si>
+  <si>
+    <t>CEYQUARTZ MBI PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0327</t>
+  </si>
+  <si>
+    <t>DIVOLCA ELECTRIC (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0328</t>
+  </si>
+  <si>
+    <t>GLOBAL SURGICAL PRODUCTS (PTE)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0329</t>
+  </si>
+  <si>
+    <t>NETGATE LANKA PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0330</t>
+  </si>
+  <si>
+    <t>FEDORA CREATIVE FASHIONS</t>
+  </si>
+  <si>
+    <t>0000 0000 0331</t>
+  </si>
+  <si>
+    <t>ECO CREATIONS</t>
+  </si>
+  <si>
+    <t>0000 0000 0332</t>
+  </si>
+  <si>
+    <t>මන්සිත හර්බල් ප්‍රොඩක්ට්ස් පුද්ගලික සමාගම</t>
+  </si>
+  <si>
+    <t>0000 0000 0333</t>
+  </si>
+  <si>
+    <t>MIRRORLK</t>
+  </si>
+  <si>
+    <t>0000 0000 0334</t>
+  </si>
+  <si>
+    <t>HEIDELBERG HOLDINGS PVT LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0335</t>
+  </si>
+  <si>
+    <t>SOLITRA POWER (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0336</t>
+  </si>
+  <si>
+    <t>ALLIANCE INDUSTRIES PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0337</t>
+  </si>
+  <si>
+    <t>ASIAN LOGISTICS SOLUTIONS PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0338</t>
+  </si>
+  <si>
+    <t>SCHOOLMATE INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0339</t>
+  </si>
+  <si>
+    <t>MALWATTE VALLEY PLANATIONS PLC</t>
+  </si>
+  <si>
+    <t>0000 0000 0340</t>
+  </si>
+  <si>
+    <t>FOUR SPICES PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0341</t>
+  </si>
+  <si>
+    <t>AGNI FASHION</t>
+  </si>
+  <si>
+    <t>0000 0000 0342</t>
+  </si>
+  <si>
+    <t>YMN APPAREL</t>
+  </si>
+  <si>
+    <t>0000 0000 0343</t>
+  </si>
+  <si>
+    <t>CEYLON SRI BATIK</t>
+  </si>
+  <si>
+    <t>0000 0000 0344</t>
+  </si>
+  <si>
+    <t>SUPREME LANKA AGRO PRODUCTS PVT LTD.</t>
+  </si>
+  <si>
+    <t>0000 0000 0345</t>
+  </si>
+  <si>
+    <t>GAMMA PLASTIC PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0346</t>
+  </si>
+  <si>
+    <t>PARAQUM TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0347</t>
+  </si>
+  <si>
+    <t>PREMIER RUBBER PRODUCTS (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0348</t>
+  </si>
+  <si>
+    <t>YASITH  ENTERPRISES</t>
+  </si>
+  <si>
+    <t>0000 0000 0349</t>
+  </si>
+  <si>
+    <t>THIYONA  SHOE</t>
+  </si>
+  <si>
+    <t>0000 0000 0350</t>
+  </si>
+  <si>
+    <t>SAVEON ENTERPRISES</t>
+  </si>
+  <si>
+    <t>0000 0000 0351</t>
+  </si>
+  <si>
+    <t>TECHNO MANUFACTURING COMPANY</t>
+  </si>
+  <si>
+    <t>0000 0000 0352</t>
+  </si>
+  <si>
+    <t>CEYLON BLUE LOTUS FARM (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0353</t>
+  </si>
+  <si>
+    <t>LANKA HOSPITAL GOUZE INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0354</t>
+  </si>
+  <si>
+    <t>JAYASINGHA RUBBER MANUFACTURING</t>
+  </si>
+  <si>
+    <t>0000 0000 0355</t>
+  </si>
+  <si>
+    <t>SINELPA FOOTWEAR PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0356</t>
+  </si>
+  <si>
+    <t>CEYLON AGRO MUSHROOM FARM</t>
+  </si>
+  <si>
+    <t>0000 0000 0357</t>
+  </si>
+  <si>
+    <t>KRIMA ECO FOOD</t>
+  </si>
+  <si>
+    <t>0000 0000 0358</t>
+  </si>
+  <si>
+    <t>IRASA ORGANIC FOOD PRODUCTS(PVT)LTD.</t>
+  </si>
+  <si>
+    <t>0000 0000 0359</t>
+  </si>
+  <si>
+    <t>SNAZZY INTERIOR (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0360</t>
+  </si>
+  <si>
+    <t>NIRU BATHIK</t>
+  </si>
+  <si>
+    <t>0000 0000 0361</t>
+  </si>
+  <si>
+    <t>MED WORLD HOSPICO (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0362</t>
+  </si>
+  <si>
+    <t>MEDI KALE HOLDINGS (PRIVATE) LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0363</t>
+  </si>
+  <si>
+    <t>MAL ENTERPRISE (PRIVATE) LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0364</t>
+  </si>
+  <si>
+    <t>ECOZEN (PRIVATE) LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0365</t>
+  </si>
+  <si>
+    <t>NADEESHANI WOODEN TOYS</t>
+  </si>
+  <si>
+    <t>0000 0000 0366</t>
+  </si>
+  <si>
+    <t>SANISARA ENTERPRISES</t>
+  </si>
+  <si>
+    <t>0000 0000 0367</t>
+  </si>
+  <si>
+    <t>DANGALAWATTE NATURAL RUBBER PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0368</t>
+  </si>
+  <si>
+    <t>සුවසහන</t>
+  </si>
+  <si>
+    <t>0000 0000 0369</t>
+  </si>
+  <si>
+    <t>UDAYA CLEAN PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0370</t>
+  </si>
+  <si>
+    <t>NURADHA ENGINEERING</t>
+  </si>
+  <si>
+    <t>0000 0000 0371</t>
+  </si>
+  <si>
+    <t>EVERGREEN AGRICULTURE PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0372</t>
+  </si>
+  <si>
+    <t>LAK DEEPA PRODUCTS PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0373</t>
+  </si>
+  <si>
+    <t>BUDDHI PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0374</t>
+  </si>
+  <si>
+    <t>IRO'S LUXURY WEAR</t>
+  </si>
+  <si>
+    <t>0000 0000 0375</t>
+  </si>
+  <si>
+    <t>KAVUM KOKIS.COM (PVT) LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0376</t>
+  </si>
+  <si>
+    <t>CEYLON AGRO CARE PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0377</t>
+  </si>
+  <si>
+    <t>RASAVIMANA</t>
+  </si>
+  <si>
+    <t>0000 0000 0378</t>
+  </si>
+  <si>
+    <t>COCO SHELL ART</t>
+  </si>
+  <si>
+    <t>0000 0000 0379</t>
+  </si>
+  <si>
+    <t>ප්‍රදීපා බෑග්</t>
+  </si>
+  <si>
+    <t>0000 0000 0380</t>
+  </si>
+  <si>
+    <t>TEAMBOND</t>
+  </si>
+  <si>
+    <t>0000 0000 0381</t>
+  </si>
+  <si>
+    <t>PA&amp;MILLS</t>
+  </si>
+  <si>
+    <t>0000 0000 0382</t>
+  </si>
+  <si>
+    <t>ALI RICE MILL</t>
+  </si>
+  <si>
+    <t>0000 0000 0383</t>
+  </si>
+  <si>
+    <t>ISHARA TAILORS AND WEDDING CENTER</t>
+  </si>
+  <si>
+    <t>0000 0000 0384</t>
+  </si>
+  <si>
+    <t>KRISHERET HOLDINGS PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0385</t>
+  </si>
+  <si>
+    <t>LILY SPICE EXPORTS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0386</t>
+  </si>
+  <si>
+    <t>DIMA TEXTILE</t>
+  </si>
+  <si>
+    <t>0000 0000 0387</t>
+  </si>
+  <si>
+    <t>SOFTWAVE PRINTING AND PACKAGING PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0388</t>
+  </si>
+  <si>
+    <t>THE AGRISTUFF PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0389</t>
+  </si>
+  <si>
+    <t>EMZY HANDCRAFT</t>
+  </si>
+  <si>
+    <t>0000 0000 0390</t>
+  </si>
+  <si>
+    <t>HUMAS NATURAL (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0391</t>
+  </si>
+  <si>
+    <t>ALFA EXPORTS PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0392</t>
+  </si>
+  <si>
+    <t>UK LANKA PAINTS KARANDENIYA INDUSTRIAL ESTATE</t>
+  </si>
+  <si>
+    <t>0000 0000 0393</t>
+  </si>
+  <si>
+    <t>ECO RITE (PVT) LTD</t>
+  </si>
+  <si>
+    <t>Unlimited Liability  Company</t>
+  </si>
+  <si>
+    <t>0000 0000 0394</t>
+  </si>
+  <si>
+    <t>CEYCOP AGRO (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0395</t>
+  </si>
+  <si>
+    <t>VENDORNA</t>
+  </si>
+  <si>
+    <t>Public company</t>
+  </si>
+  <si>
+    <t>0000 0000 0396</t>
+  </si>
+  <si>
+    <t>RICHARD PIERIS TYRE CO.</t>
+  </si>
+  <si>
+    <t>0000 0000 0397</t>
+  </si>
+  <si>
+    <t>CRESCENT BUTTON MANUFACTURING PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0398</t>
+  </si>
+  <si>
+    <t>PALEEGALA WEAVING</t>
+  </si>
+  <si>
+    <t>0000 0000 0399</t>
+  </si>
+  <si>
+    <t>QODEN LANKA SOLUTIONS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0400</t>
+  </si>
+  <si>
+    <t>RAJJURUWATTE CEYLON TEA (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0401</t>
+  </si>
+  <si>
+    <t>SAKURA PRODUCTS &amp; EXPORT PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0402</t>
+  </si>
+  <si>
+    <t>VISHAKAS GARMENTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0403</t>
+  </si>
+  <si>
+    <t>LNV SEA FOODS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0404</t>
+  </si>
+  <si>
+    <t>SRI LANKA ENERGIES (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0405</t>
+  </si>
+  <si>
+    <t>UDAM FURNITURE (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0406</t>
+  </si>
+  <si>
+    <t>BOGALA GRAPHITE LANKA PLC</t>
+  </si>
+  <si>
+    <t>0000 0000 0407</t>
+  </si>
+  <si>
+    <t>AROMA NATURAL RUBBER PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0408</t>
+  </si>
+  <si>
+    <t>GAYA MINI MART (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0409</t>
+  </si>
+  <si>
+    <t>J.K ENTERPRISES</t>
+  </si>
+  <si>
+    <t>0000 0000 0410</t>
+  </si>
+  <si>
+    <t>MINIPURA GRANITE</t>
+  </si>
+  <si>
+    <t>0000 0000 0411</t>
+  </si>
+  <si>
+    <t>M.V.ELECTRONIC (PVT) LTD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2306,51 +2951,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F298"/>
+  <dimension ref="A1:F404"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="70" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -8280,50 +8925,2170 @@
       <c r="E297" t="s">
         <v>10</v>
       </c>
       <c r="F297" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
         <v>641</v>
       </c>
       <c r="B298" t="s">
         <v>642</v>
       </c>
       <c r="C298" t="s">
         <v>19</v>
       </c>
       <c r="D298" t="s">
         <v>37</v>
       </c>
       <c r="E298" t="s">
         <v>15</v>
       </c>
       <c r="F298" t="s">
         <v>60</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6">
+      <c r="A299" t="s">
+        <v>643</v>
+      </c>
+      <c r="B299" t="s">
+        <v>644</v>
+      </c>
+      <c r="C299" t="s">
+        <v>103</v>
+      </c>
+      <c r="D299" t="s">
+        <v>52</v>
+      </c>
+      <c r="E299" t="s">
+        <v>15</v>
+      </c>
+      <c r="F299" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6">
+      <c r="A300" t="s">
+        <v>645</v>
+      </c>
+      <c r="B300" t="s">
+        <v>646</v>
+      </c>
+      <c r="C300" t="s">
+        <v>19</v>
+      </c>
+      <c r="D300" t="s">
+        <v>9</v>
+      </c>
+      <c r="E300" t="s">
+        <v>15</v>
+      </c>
+      <c r="F300" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6">
+      <c r="A301" t="s">
+        <v>647</v>
+      </c>
+      <c r="B301" t="s">
+        <v>648</v>
+      </c>
+      <c r="C301" t="s">
+        <v>8</v>
+      </c>
+      <c r="D301" t="s">
+        <v>9</v>
+      </c>
+      <c r="E301" t="s">
+        <v>10</v>
+      </c>
+      <c r="F301" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6">
+      <c r="A302" t="s">
+        <v>649</v>
+      </c>
+      <c r="B302" t="s">
+        <v>650</v>
+      </c>
+      <c r="C302" t="s">
+        <v>19</v>
+      </c>
+      <c r="D302" t="s">
+        <v>37</v>
+      </c>
+      <c r="E302" t="s">
+        <v>15</v>
+      </c>
+      <c r="F302" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6">
+      <c r="A303" t="s">
+        <v>651</v>
+      </c>
+      <c r="B303" t="s">
+        <v>652</v>
+      </c>
+      <c r="C303" t="s">
+        <v>19</v>
+      </c>
+      <c r="D303" t="s">
+        <v>9</v>
+      </c>
+      <c r="E303" t="s">
+        <v>15</v>
+      </c>
+      <c r="F303" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6">
+      <c r="A304" t="s">
+        <v>653</v>
+      </c>
+      <c r="B304" t="s">
+        <v>654</v>
+      </c>
+      <c r="C304" t="s">
+        <v>655</v>
+      </c>
+      <c r="D304" t="s">
+        <v>9</v>
+      </c>
+      <c r="E304" t="s">
+        <v>21</v>
+      </c>
+      <c r="F304" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6">
+      <c r="A305" t="s">
+        <v>656</v>
+      </c>
+      <c r="B305" t="s">
+        <v>657</v>
+      </c>
+      <c r="C305" t="s">
+        <v>19</v>
+      </c>
+      <c r="D305" t="s">
+        <v>9</v>
+      </c>
+      <c r="E305" t="s">
+        <v>10</v>
+      </c>
+      <c r="F305" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6">
+      <c r="A306" t="s">
+        <v>658</v>
+      </c>
+      <c r="B306" t="s">
+        <v>659</v>
+      </c>
+      <c r="C306" t="s">
+        <v>19</v>
+      </c>
+      <c r="D306" t="s">
+        <v>37</v>
+      </c>
+      <c r="E306" t="s">
+        <v>15</v>
+      </c>
+      <c r="F306" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6">
+      <c r="A307" t="s">
+        <v>660</v>
+      </c>
+      <c r="B307" t="s">
+        <v>661</v>
+      </c>
+      <c r="C307" t="s">
+        <v>19</v>
+      </c>
+      <c r="D307" t="s">
+        <v>9</v>
+      </c>
+      <c r="E307" t="s">
+        <v>15</v>
+      </c>
+      <c r="F307" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6">
+      <c r="A308" t="s">
+        <v>662</v>
+      </c>
+      <c r="B308" t="s">
+        <v>663</v>
+      </c>
+      <c r="C308" t="s">
+        <v>19</v>
+      </c>
+      <c r="D308" t="s">
+        <v>14</v>
+      </c>
+      <c r="E308" t="s">
+        <v>21</v>
+      </c>
+      <c r="F308" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6">
+      <c r="A309" t="s">
+        <v>664</v>
+      </c>
+      <c r="B309" t="s">
+        <v>665</v>
+      </c>
+      <c r="C309" t="s">
+        <v>19</v>
+      </c>
+      <c r="D309" t="s">
+        <v>52</v>
+      </c>
+      <c r="E309" t="s">
+        <v>15</v>
+      </c>
+      <c r="F309" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6">
+      <c r="A310" t="s">
+        <v>666</v>
+      </c>
+      <c r="B310" t="s">
+        <v>667</v>
+      </c>
+      <c r="C310" t="s">
+        <v>75</v>
+      </c>
+      <c r="D310" t="s">
+        <v>52</v>
+      </c>
+      <c r="E310" t="s">
+        <v>15</v>
+      </c>
+      <c r="F310" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6">
+      <c r="A311" t="s">
+        <v>668</v>
+      </c>
+      <c r="B311" t="s">
+        <v>669</v>
+      </c>
+      <c r="C311" t="s">
+        <v>19</v>
+      </c>
+      <c r="D311" t="s">
+        <v>14</v>
+      </c>
+      <c r="E311" t="s">
+        <v>21</v>
+      </c>
+      <c r="F311" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6">
+      <c r="A312" t="s">
+        <v>670</v>
+      </c>
+      <c r="B312" t="s">
+        <v>671</v>
+      </c>
+      <c r="C312" t="s">
+        <v>19</v>
+      </c>
+      <c r="D312" t="s">
+        <v>9</v>
+      </c>
+      <c r="E312" t="s">
+        <v>10</v>
+      </c>
+      <c r="F312" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6">
+      <c r="A313" t="s">
+        <v>672</v>
+      </c>
+      <c r="B313" t="s">
+        <v>673</v>
+      </c>
+      <c r="C313" t="s">
+        <v>103</v>
+      </c>
+      <c r="D313" t="s">
+        <v>9</v>
+      </c>
+      <c r="E313" t="s">
+        <v>15</v>
+      </c>
+      <c r="F313" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6">
+      <c r="A314" t="s">
+        <v>674</v>
+      </c>
+      <c r="B314" t="s">
+        <v>675</v>
+      </c>
+      <c r="C314" t="s">
+        <v>19</v>
+      </c>
+      <c r="D314" t="s">
+        <v>9</v>
+      </c>
+      <c r="E314" t="s">
+        <v>48</v>
+      </c>
+      <c r="F314" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6">
+      <c r="A315" t="s">
+        <v>676</v>
+      </c>
+      <c r="B315" t="s">
+        <v>677</v>
+      </c>
+      <c r="C315" t="s">
+        <v>103</v>
+      </c>
+      <c r="D315" t="s">
+        <v>9</v>
+      </c>
+      <c r="E315" t="s">
+        <v>15</v>
+      </c>
+      <c r="F315" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6">
+      <c r="A316" t="s">
+        <v>678</v>
+      </c>
+      <c r="B316" t="s">
+        <v>679</v>
+      </c>
+      <c r="C316" t="s">
+        <v>19</v>
+      </c>
+      <c r="D316" t="s">
+        <v>9</v>
+      </c>
+      <c r="E316" t="s">
+        <v>15</v>
+      </c>
+      <c r="F316" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6">
+      <c r="A317" t="s">
+        <v>680</v>
+      </c>
+      <c r="B317" t="s">
+        <v>681</v>
+      </c>
+      <c r="C317" t="s">
+        <v>19</v>
+      </c>
+      <c r="D317" t="s">
+        <v>52</v>
+      </c>
+      <c r="E317" t="s">
+        <v>15</v>
+      </c>
+      <c r="F317" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6">
+      <c r="A318" t="s">
+        <v>682</v>
+      </c>
+      <c r="B318" t="s">
+        <v>683</v>
+      </c>
+      <c r="C318" t="s">
+        <v>19</v>
+      </c>
+      <c r="D318" t="s">
+        <v>9</v>
+      </c>
+      <c r="E318" t="s">
+        <v>21</v>
+      </c>
+      <c r="F318" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6">
+      <c r="A319" t="s">
+        <v>684</v>
+      </c>
+      <c r="B319" t="s">
+        <v>685</v>
+      </c>
+      <c r="C319" t="s">
+        <v>19</v>
+      </c>
+      <c r="D319" t="s">
+        <v>9</v>
+      </c>
+      <c r="E319" t="s">
+        <v>48</v>
+      </c>
+      <c r="F319" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6">
+      <c r="A320" t="s">
+        <v>686</v>
+      </c>
+      <c r="B320" t="s">
+        <v>687</v>
+      </c>
+      <c r="C320" t="s">
+        <v>19</v>
+      </c>
+      <c r="D320" t="s">
+        <v>9</v>
+      </c>
+      <c r="E320" t="s">
+        <v>48</v>
+      </c>
+      <c r="F320" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6">
+      <c r="A321" t="s">
+        <v>688</v>
+      </c>
+      <c r="B321" t="s">
+        <v>689</v>
+      </c>
+      <c r="C321" t="s">
+        <v>19</v>
+      </c>
+      <c r="D321" t="s">
+        <v>9</v>
+      </c>
+      <c r="E321" t="s">
+        <v>10</v>
+      </c>
+      <c r="F321" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6">
+      <c r="A322" t="s">
+        <v>690</v>
+      </c>
+      <c r="B322" t="s">
+        <v>691</v>
+      </c>
+      <c r="C322" t="s">
+        <v>103</v>
+      </c>
+      <c r="D322" t="s">
+        <v>9</v>
+      </c>
+      <c r="E322" t="s">
+        <v>15</v>
+      </c>
+      <c r="F322" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6">
+      <c r="A323" t="s">
+        <v>692</v>
+      </c>
+      <c r="B323" t="s">
+        <v>693</v>
+      </c>
+      <c r="C323" t="s">
+        <v>19</v>
+      </c>
+      <c r="D323" t="s">
+        <v>14</v>
+      </c>
+      <c r="E323" t="s">
+        <v>21</v>
+      </c>
+      <c r="F323" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6">
+      <c r="A324" t="s">
+        <v>694</v>
+      </c>
+      <c r="B324" t="s">
+        <v>695</v>
+      </c>
+      <c r="C324" t="s">
+        <v>19</v>
+      </c>
+      <c r="D324" t="s">
+        <v>14</v>
+      </c>
+      <c r="E324" t="s">
+        <v>21</v>
+      </c>
+      <c r="F324" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6">
+      <c r="A325" t="s">
+        <v>696</v>
+      </c>
+      <c r="B325" t="s">
+        <v>697</v>
+      </c>
+      <c r="C325" t="s">
+        <v>19</v>
+      </c>
+      <c r="D325" t="s">
+        <v>9</v>
+      </c>
+      <c r="E325" t="s">
+        <v>15</v>
+      </c>
+      <c r="F325" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6">
+      <c r="A326" t="s">
+        <v>698</v>
+      </c>
+      <c r="B326" t="s">
+        <v>699</v>
+      </c>
+      <c r="C326" t="s">
+        <v>580</v>
+      </c>
+      <c r="D326" t="s">
+        <v>14</v>
+      </c>
+      <c r="E326" t="s">
+        <v>21</v>
+      </c>
+      <c r="F326" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6">
+      <c r="A327" t="s">
+        <v>700</v>
+      </c>
+      <c r="B327" t="s">
+        <v>701</v>
+      </c>
+      <c r="C327" t="s">
+        <v>19</v>
+      </c>
+      <c r="D327" t="s">
+        <v>52</v>
+      </c>
+      <c r="E327" t="s">
+        <v>10</v>
+      </c>
+      <c r="F327" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6">
+      <c r="A328" t="s">
+        <v>702</v>
+      </c>
+      <c r="B328" t="s">
+        <v>703</v>
+      </c>
+      <c r="C328" t="s">
+        <v>103</v>
+      </c>
+      <c r="D328" t="s">
+        <v>9</v>
+      </c>
+      <c r="E328" t="s">
+        <v>10</v>
+      </c>
+      <c r="F328" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6">
+      <c r="A329" t="s">
+        <v>704</v>
+      </c>
+      <c r="B329" t="s">
+        <v>705</v>
+      </c>
+      <c r="C329" t="s">
+        <v>103</v>
+      </c>
+      <c r="D329" t="s">
+        <v>9</v>
+      </c>
+      <c r="E329" t="s">
+        <v>15</v>
+      </c>
+      <c r="F329" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6">
+      <c r="A330" t="s">
+        <v>706</v>
+      </c>
+      <c r="B330" t="s">
+        <v>707</v>
+      </c>
+      <c r="C330" t="s">
+        <v>103</v>
+      </c>
+      <c r="D330" t="s">
+        <v>9</v>
+      </c>
+      <c r="E330" t="s">
+        <v>15</v>
+      </c>
+      <c r="F330" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6">
+      <c r="A331" t="s">
+        <v>708</v>
+      </c>
+      <c r="B331" t="s">
+        <v>709</v>
+      </c>
+      <c r="C331" t="s">
+        <v>19</v>
+      </c>
+      <c r="D331" t="s">
+        <v>9</v>
+      </c>
+      <c r="E331" t="s">
+        <v>10</v>
+      </c>
+      <c r="F331" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6">
+      <c r="A332" t="s">
+        <v>710</v>
+      </c>
+      <c r="B332" t="s">
+        <v>711</v>
+      </c>
+      <c r="C332" t="s">
+        <v>75</v>
+      </c>
+      <c r="D332" t="s">
+        <v>473</v>
+      </c>
+      <c r="E332" t="s">
+        <v>48</v>
+      </c>
+      <c r="F332" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6">
+      <c r="A333" t="s">
+        <v>712</v>
+      </c>
+      <c r="B333" t="s">
+        <v>713</v>
+      </c>
+      <c r="C333" t="s">
+        <v>655</v>
+      </c>
+      <c r="D333" t="s">
+        <v>52</v>
+      </c>
+      <c r="E333" t="s">
+        <v>15</v>
+      </c>
+      <c r="F333" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6">
+      <c r="A334" t="s">
+        <v>714</v>
+      </c>
+      <c r="B334" t="s">
+        <v>715</v>
+      </c>
+      <c r="C334" t="s">
+        <v>19</v>
+      </c>
+      <c r="D334" t="s">
+        <v>14</v>
+      </c>
+      <c r="E334" t="s">
+        <v>21</v>
+      </c>
+      <c r="F334" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6">
+      <c r="A335" t="s">
+        <v>716</v>
+      </c>
+      <c r="B335" t="s">
+        <v>717</v>
+      </c>
+      <c r="C335" t="s">
+        <v>19</v>
+      </c>
+      <c r="D335" t="s">
+        <v>14</v>
+      </c>
+      <c r="E335" t="s">
+        <v>15</v>
+      </c>
+      <c r="F335" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6">
+      <c r="A336" t="s">
+        <v>718</v>
+      </c>
+      <c r="B336" t="s">
+        <v>719</v>
+      </c>
+      <c r="C336" t="s">
+        <v>19</v>
+      </c>
+      <c r="D336" t="s">
+        <v>14</v>
+      </c>
+      <c r="E336" t="s">
+        <v>21</v>
+      </c>
+      <c r="F336" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6">
+      <c r="A337" t="s">
+        <v>720</v>
+      </c>
+      <c r="B337" t="s">
+        <v>721</v>
+      </c>
+      <c r="C337" t="s">
+        <v>19</v>
+      </c>
+      <c r="D337" t="s">
+        <v>9</v>
+      </c>
+      <c r="E337" t="s">
+        <v>15</v>
+      </c>
+      <c r="F337" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6">
+      <c r="A338" t="s">
+        <v>722</v>
+      </c>
+      <c r="B338" t="s">
+        <v>723</v>
+      </c>
+      <c r="C338" t="s">
+        <v>19</v>
+      </c>
+      <c r="D338" t="s">
+        <v>9</v>
+      </c>
+      <c r="E338" t="s">
+        <v>15</v>
+      </c>
+      <c r="F338" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6">
+      <c r="A339" t="s">
+        <v>724</v>
+      </c>
+      <c r="B339" t="s">
+        <v>725</v>
+      </c>
+      <c r="C339" t="s">
+        <v>580</v>
+      </c>
+      <c r="D339" t="s">
+        <v>9</v>
+      </c>
+      <c r="E339" t="s">
+        <v>15</v>
+      </c>
+      <c r="F339" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6">
+      <c r="A340" t="s">
+        <v>726</v>
+      </c>
+      <c r="B340" t="s">
+        <v>727</v>
+      </c>
+      <c r="C340" t="s">
+        <v>19</v>
+      </c>
+      <c r="D340" t="s">
+        <v>9</v>
+      </c>
+      <c r="E340" t="s">
+        <v>48</v>
+      </c>
+      <c r="F340" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6">
+      <c r="A341" t="s">
+        <v>728</v>
+      </c>
+      <c r="B341" t="s">
+        <v>729</v>
+      </c>
+      <c r="C341" t="s">
+        <v>19</v>
+      </c>
+      <c r="D341" t="s">
+        <v>37</v>
+      </c>
+      <c r="E341" t="s">
+        <v>15</v>
+      </c>
+      <c r="F341" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6">
+      <c r="A342" t="s">
+        <v>730</v>
+      </c>
+      <c r="B342" t="s">
+        <v>731</v>
+      </c>
+      <c r="C342" t="s">
+        <v>19</v>
+      </c>
+      <c r="D342" t="s">
+        <v>14</v>
+      </c>
+      <c r="E342" t="s">
+        <v>21</v>
+      </c>
+      <c r="F342" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6">
+      <c r="A343" t="s">
+        <v>732</v>
+      </c>
+      <c r="B343" t="s">
+        <v>733</v>
+      </c>
+      <c r="C343" t="s">
+        <v>19</v>
+      </c>
+      <c r="D343" t="s">
+        <v>37</v>
+      </c>
+      <c r="E343" t="s">
+        <v>21</v>
+      </c>
+      <c r="F343" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6">
+      <c r="A344" t="s">
+        <v>734</v>
+      </c>
+      <c r="B344" t="s">
+        <v>735</v>
+      </c>
+      <c r="C344" t="s">
+        <v>19</v>
+      </c>
+      <c r="D344" t="s">
+        <v>14</v>
+      </c>
+      <c r="E344" t="s">
+        <v>21</v>
+      </c>
+      <c r="F344" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6">
+      <c r="A345" t="s">
+        <v>736</v>
+      </c>
+      <c r="B345" t="s">
+        <v>737</v>
+      </c>
+      <c r="C345" t="s">
+        <v>655</v>
+      </c>
+      <c r="D345" t="s">
+        <v>52</v>
+      </c>
+      <c r="E345" t="s">
+        <v>21</v>
+      </c>
+      <c r="F345" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6">
+      <c r="A346" t="s">
+        <v>738</v>
+      </c>
+      <c r="B346" t="s">
+        <v>739</v>
+      </c>
+      <c r="C346" t="s">
+        <v>19</v>
+      </c>
+      <c r="D346" t="s">
+        <v>100</v>
+      </c>
+      <c r="E346" t="s">
+        <v>21</v>
+      </c>
+      <c r="F346" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6">
+      <c r="A347" t="s">
+        <v>740</v>
+      </c>
+      <c r="B347" t="s">
+        <v>741</v>
+      </c>
+      <c r="C347" t="s">
+        <v>19</v>
+      </c>
+      <c r="D347" t="s">
+        <v>9</v>
+      </c>
+      <c r="E347" t="s">
+        <v>15</v>
+      </c>
+      <c r="F347" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6">
+      <c r="A348" t="s">
+        <v>742</v>
+      </c>
+      <c r="B348" t="s">
+        <v>743</v>
+      </c>
+      <c r="C348" t="s">
+        <v>90</v>
+      </c>
+      <c r="D348" t="s">
+        <v>9</v>
+      </c>
+      <c r="E348" t="s">
+        <v>15</v>
+      </c>
+      <c r="F348" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6">
+      <c r="A349" t="s">
+        <v>744</v>
+      </c>
+      <c r="B349" t="s">
+        <v>745</v>
+      </c>
+      <c r="C349" t="s">
+        <v>27</v>
+      </c>
+      <c r="D349" t="s">
+        <v>14</v>
+      </c>
+      <c r="E349" t="s">
+        <v>15</v>
+      </c>
+      <c r="F349" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6">
+      <c r="A350" t="s">
+        <v>746</v>
+      </c>
+      <c r="B350" t="s">
+        <v>747</v>
+      </c>
+      <c r="C350" t="s">
+        <v>19</v>
+      </c>
+      <c r="D350" t="s">
+        <v>9</v>
+      </c>
+      <c r="E350" t="s">
+        <v>21</v>
+      </c>
+      <c r="F350" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6">
+      <c r="A351" t="s">
+        <v>748</v>
+      </c>
+      <c r="B351" t="s">
+        <v>749</v>
+      </c>
+      <c r="C351" t="s">
+        <v>90</v>
+      </c>
+      <c r="D351" t="s">
+        <v>9</v>
+      </c>
+      <c r="E351" t="s">
+        <v>21</v>
+      </c>
+      <c r="F351" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6">
+      <c r="A352" t="s">
+        <v>750</v>
+      </c>
+      <c r="B352" t="s">
+        <v>751</v>
+      </c>
+      <c r="C352" t="s">
+        <v>580</v>
+      </c>
+      <c r="D352" t="s">
+        <v>9</v>
+      </c>
+      <c r="E352" t="s">
+        <v>15</v>
+      </c>
+      <c r="F352" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6">
+      <c r="A353" t="s">
+        <v>752</v>
+      </c>
+      <c r="B353" t="s">
+        <v>753</v>
+      </c>
+      <c r="C353" t="s">
+        <v>19</v>
+      </c>
+      <c r="D353" t="s">
+        <v>14</v>
+      </c>
+      <c r="E353" t="s">
+        <v>21</v>
+      </c>
+      <c r="F353" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6">
+      <c r="A354" t="s">
+        <v>754</v>
+      </c>
+      <c r="B354" t="s">
+        <v>755</v>
+      </c>
+      <c r="C354" t="s">
+        <v>19</v>
+      </c>
+      <c r="D354" t="s">
+        <v>9</v>
+      </c>
+      <c r="E354" t="s">
+        <v>48</v>
+      </c>
+      <c r="F354" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6">
+      <c r="A355" t="s">
+        <v>756</v>
+      </c>
+      <c r="B355" t="s">
+        <v>757</v>
+      </c>
+      <c r="C355" t="s">
+        <v>19</v>
+      </c>
+      <c r="D355" t="s">
+        <v>9</v>
+      </c>
+      <c r="E355" t="s">
+        <v>10</v>
+      </c>
+      <c r="F355" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6">
+      <c r="A356" t="s">
+        <v>758</v>
+      </c>
+      <c r="B356" t="s">
+        <v>759</v>
+      </c>
+      <c r="C356" t="s">
+        <v>19</v>
+      </c>
+      <c r="D356" t="s">
+        <v>9</v>
+      </c>
+      <c r="E356" t="s">
+        <v>15</v>
+      </c>
+      <c r="F356" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6">
+      <c r="A357" t="s">
+        <v>760</v>
+      </c>
+      <c r="B357" t="s">
+        <v>761</v>
+      </c>
+      <c r="C357" t="s">
+        <v>8</v>
+      </c>
+      <c r="D357" t="s">
+        <v>9</v>
+      </c>
+      <c r="E357" t="s">
+        <v>15</v>
+      </c>
+      <c r="F357" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6">
+      <c r="A358" t="s">
+        <v>762</v>
+      </c>
+      <c r="B358" t="s">
+        <v>763</v>
+      </c>
+      <c r="C358" t="s">
+        <v>19</v>
+      </c>
+      <c r="D358" t="s">
+        <v>14</v>
+      </c>
+      <c r="E358" t="s">
+        <v>21</v>
+      </c>
+      <c r="F358" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6">
+      <c r="A359" t="s">
+        <v>764</v>
+      </c>
+      <c r="B359" t="s">
+        <v>765</v>
+      </c>
+      <c r="C359" t="s">
+        <v>19</v>
+      </c>
+      <c r="D359" t="s">
+        <v>14</v>
+      </c>
+      <c r="E359" t="s">
+        <v>21</v>
+      </c>
+      <c r="F359" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6">
+      <c r="A360" t="s">
+        <v>766</v>
+      </c>
+      <c r="B360" t="s">
+        <v>767</v>
+      </c>
+      <c r="C360" t="s">
+        <v>19</v>
+      </c>
+      <c r="D360" t="s">
+        <v>9</v>
+      </c>
+      <c r="E360" t="s">
+        <v>48</v>
+      </c>
+      <c r="F360" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6">
+      <c r="A361" t="s">
+        <v>768</v>
+      </c>
+      <c r="B361" t="s">
+        <v>769</v>
+      </c>
+      <c r="C361" t="s">
+        <v>19</v>
+      </c>
+      <c r="D361" t="s">
+        <v>14</v>
+      </c>
+      <c r="E361" t="s">
+        <v>21</v>
+      </c>
+      <c r="F361" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6">
+      <c r="A362" t="s">
+        <v>770</v>
+      </c>
+      <c r="B362" t="s">
+        <v>771</v>
+      </c>
+      <c r="C362" t="s">
+        <v>19</v>
+      </c>
+      <c r="D362" t="s">
+        <v>9</v>
+      </c>
+      <c r="E362" t="s">
+        <v>21</v>
+      </c>
+      <c r="F362" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6">
+      <c r="A363" t="s">
+        <v>772</v>
+      </c>
+      <c r="B363" t="s">
+        <v>773</v>
+      </c>
+      <c r="C363" t="s">
+        <v>19</v>
+      </c>
+      <c r="D363" t="s">
+        <v>37</v>
+      </c>
+      <c r="E363" t="s">
+        <v>15</v>
+      </c>
+      <c r="F363" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6">
+      <c r="A364" t="s">
+        <v>774</v>
+      </c>
+      <c r="B364" t="s">
+        <v>775</v>
+      </c>
+      <c r="C364" t="s">
+        <v>19</v>
+      </c>
+      <c r="D364" t="s">
+        <v>52</v>
+      </c>
+      <c r="E364" t="s">
+        <v>21</v>
+      </c>
+      <c r="F364" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6">
+      <c r="A365" t="s">
+        <v>776</v>
+      </c>
+      <c r="B365" t="s">
+        <v>777</v>
+      </c>
+      <c r="C365" t="s">
+        <v>19</v>
+      </c>
+      <c r="D365" t="s">
+        <v>9</v>
+      </c>
+      <c r="E365" t="s">
+        <v>21</v>
+      </c>
+      <c r="F365" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6">
+      <c r="A366" t="s">
+        <v>778</v>
+      </c>
+      <c r="B366" t="s">
+        <v>779</v>
+      </c>
+      <c r="C366" t="s">
+        <v>27</v>
+      </c>
+      <c r="D366" t="s">
+        <v>14</v>
+      </c>
+      <c r="E366" t="s">
+        <v>15</v>
+      </c>
+      <c r="F366" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6">
+      <c r="A367" t="s">
+        <v>780</v>
+      </c>
+      <c r="B367" t="s">
+        <v>781</v>
+      </c>
+      <c r="C367" t="s">
+        <v>19</v>
+      </c>
+      <c r="D367" t="s">
+        <v>14</v>
+      </c>
+      <c r="E367" t="s">
+        <v>21</v>
+      </c>
+      <c r="F367" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6">
+      <c r="A368" t="s">
+        <v>782</v>
+      </c>
+      <c r="B368" t="s">
+        <v>783</v>
+      </c>
+      <c r="C368" t="s">
+        <v>75</v>
+      </c>
+      <c r="D368" t="s">
+        <v>9</v>
+      </c>
+      <c r="E368" t="s">
+        <v>15</v>
+      </c>
+      <c r="F368" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6">
+      <c r="A369" t="s">
+        <v>784</v>
+      </c>
+      <c r="B369" t="s">
+        <v>785</v>
+      </c>
+      <c r="C369" t="s">
+        <v>19</v>
+      </c>
+      <c r="D369" t="s">
+        <v>9</v>
+      </c>
+      <c r="E369" t="s">
+        <v>15</v>
+      </c>
+      <c r="F369" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6">
+      <c r="A370" t="s">
+        <v>786</v>
+      </c>
+      <c r="B370" t="s">
+        <v>787</v>
+      </c>
+      <c r="C370" t="s">
+        <v>103</v>
+      </c>
+      <c r="D370" t="s">
+        <v>100</v>
+      </c>
+      <c r="E370" t="s">
+        <v>15</v>
+      </c>
+      <c r="F370" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6">
+      <c r="A371" t="s">
+        <v>788</v>
+      </c>
+      <c r="B371" t="s">
+        <v>789</v>
+      </c>
+      <c r="C371" t="s">
+        <v>19</v>
+      </c>
+      <c r="D371" t="s">
+        <v>14</v>
+      </c>
+      <c r="E371" t="s">
+        <v>21</v>
+      </c>
+      <c r="F371" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6">
+      <c r="A372" t="s">
+        <v>790</v>
+      </c>
+      <c r="B372" t="s">
+        <v>791</v>
+      </c>
+      <c r="C372" t="s">
+        <v>19</v>
+      </c>
+      <c r="D372" t="s">
+        <v>14</v>
+      </c>
+      <c r="E372" t="s">
+        <v>21</v>
+      </c>
+      <c r="F372" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6">
+      <c r="A373" t="s">
+        <v>792</v>
+      </c>
+      <c r="B373" t="s">
+        <v>793</v>
+      </c>
+      <c r="C373" t="s">
+        <v>75</v>
+      </c>
+      <c r="D373" t="s">
+        <v>20</v>
+      </c>
+      <c r="E373" t="s">
+        <v>21</v>
+      </c>
+      <c r="F373" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6">
+      <c r="A374" t="s">
+        <v>794</v>
+      </c>
+      <c r="B374" t="s">
+        <v>795</v>
+      </c>
+      <c r="C374" t="s">
+        <v>19</v>
+      </c>
+      <c r="D374" t="s">
+        <v>37</v>
+      </c>
+      <c r="E374" t="s">
+        <v>21</v>
+      </c>
+      <c r="F374" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6">
+      <c r="A375" t="s">
+        <v>796</v>
+      </c>
+      <c r="B375" t="s">
+        <v>797</v>
+      </c>
+      <c r="C375" t="s">
+        <v>27</v>
+      </c>
+      <c r="D375" t="s">
+        <v>14</v>
+      </c>
+      <c r="E375" t="s">
+        <v>15</v>
+      </c>
+      <c r="F375" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6">
+      <c r="A376" t="s">
+        <v>798</v>
+      </c>
+      <c r="B376" t="s">
+        <v>799</v>
+      </c>
+      <c r="C376" t="s">
+        <v>19</v>
+      </c>
+      <c r="D376" t="s">
+        <v>14</v>
+      </c>
+      <c r="E376" t="s">
+        <v>10</v>
+      </c>
+      <c r="F376" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6">
+      <c r="A377" t="s">
+        <v>800</v>
+      </c>
+      <c r="B377" t="s">
+        <v>801</v>
+      </c>
+      <c r="C377" t="s">
+        <v>19</v>
+      </c>
+      <c r="D377" t="s">
+        <v>9</v>
+      </c>
+      <c r="E377" t="s">
+        <v>15</v>
+      </c>
+      <c r="F377" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6">
+      <c r="A378" t="s">
+        <v>802</v>
+      </c>
+      <c r="B378" t="s">
+        <v>803</v>
+      </c>
+      <c r="C378" t="s">
+        <v>27</v>
+      </c>
+      <c r="D378" t="s">
+        <v>9</v>
+      </c>
+      <c r="E378" t="s">
+        <v>15</v>
+      </c>
+      <c r="F378" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6">
+      <c r="A379" t="s">
+        <v>804</v>
+      </c>
+      <c r="B379" t="s">
+        <v>805</v>
+      </c>
+      <c r="C379" t="s">
+        <v>19</v>
+      </c>
+      <c r="D379" t="s">
+        <v>9</v>
+      </c>
+      <c r="E379" t="s">
+        <v>15</v>
+      </c>
+      <c r="F379" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6">
+      <c r="A380" t="s">
+        <v>806</v>
+      </c>
+      <c r="B380" t="s">
+        <v>807</v>
+      </c>
+      <c r="C380" t="s">
+        <v>19</v>
+      </c>
+      <c r="D380" t="s">
+        <v>52</v>
+      </c>
+      <c r="E380" t="s">
+        <v>10</v>
+      </c>
+      <c r="F380" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6">
+      <c r="A381" t="s">
+        <v>808</v>
+      </c>
+      <c r="B381" t="s">
+        <v>809</v>
+      </c>
+      <c r="C381" t="s">
+        <v>27</v>
+      </c>
+      <c r="D381" t="s">
+        <v>9</v>
+      </c>
+      <c r="E381" t="s">
+        <v>21</v>
+      </c>
+      <c r="F381" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6">
+      <c r="A382" t="s">
+        <v>810</v>
+      </c>
+      <c r="B382" t="s">
+        <v>811</v>
+      </c>
+      <c r="C382" t="s">
+        <v>19</v>
+      </c>
+      <c r="D382" t="s">
+        <v>14</v>
+      </c>
+      <c r="E382" t="s">
+        <v>21</v>
+      </c>
+      <c r="F382" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="383" spans="1:6">
+      <c r="A383" t="s">
+        <v>812</v>
+      </c>
+      <c r="B383" t="s">
+        <v>813</v>
+      </c>
+      <c r="C383" t="s">
+        <v>19</v>
+      </c>
+      <c r="D383" t="s">
+        <v>9</v>
+      </c>
+      <c r="E383" t="s">
+        <v>21</v>
+      </c>
+      <c r="F383" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="384" spans="1:6">
+      <c r="A384" t="s">
+        <v>814</v>
+      </c>
+      <c r="B384" t="s">
+        <v>815</v>
+      </c>
+      <c r="C384" t="s">
+        <v>27</v>
+      </c>
+      <c r="D384" t="s">
+        <v>9</v>
+      </c>
+      <c r="E384" t="s">
+        <v>15</v>
+      </c>
+      <c r="F384" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="385" spans="1:6">
+      <c r="A385" t="s">
+        <v>816</v>
+      </c>
+      <c r="B385" t="s">
+        <v>817</v>
+      </c>
+      <c r="C385" t="s">
+        <v>19</v>
+      </c>
+      <c r="D385" t="s">
+        <v>37</v>
+      </c>
+      <c r="E385" t="s">
+        <v>15</v>
+      </c>
+      <c r="F385" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="386" spans="1:6">
+      <c r="A386" t="s">
+        <v>818</v>
+      </c>
+      <c r="B386" t="s">
+        <v>819</v>
+      </c>
+      <c r="C386" t="s">
+        <v>75</v>
+      </c>
+      <c r="D386" t="s">
+        <v>820</v>
+      </c>
+      <c r="E386" t="s">
+        <v>15</v>
+      </c>
+      <c r="F386" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="387" spans="1:6">
+      <c r="A387" t="s">
+        <v>821</v>
+      </c>
+      <c r="B387" t="s">
+        <v>822</v>
+      </c>
+      <c r="C387" t="s">
+        <v>27</v>
+      </c>
+      <c r="D387" t="s">
+        <v>52</v>
+      </c>
+      <c r="E387" t="s">
+        <v>15</v>
+      </c>
+      <c r="F387" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6">
+      <c r="A388" t="s">
+        <v>823</v>
+      </c>
+      <c r="B388" t="s">
+        <v>824</v>
+      </c>
+      <c r="C388" t="s">
+        <v>103</v>
+      </c>
+      <c r="D388" t="s">
+        <v>825</v>
+      </c>
+      <c r="E388" t="s">
+        <v>21</v>
+      </c>
+      <c r="F388" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="389" spans="1:6">
+      <c r="A389" t="s">
+        <v>826</v>
+      </c>
+      <c r="B389" t="s">
+        <v>827</v>
+      </c>
+      <c r="C389" t="s">
+        <v>19</v>
+      </c>
+      <c r="D389" t="s">
+        <v>9</v>
+      </c>
+      <c r="E389" t="s">
+        <v>10</v>
+      </c>
+      <c r="F389" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6">
+      <c r="A390" t="s">
+        <v>828</v>
+      </c>
+      <c r="B390" t="s">
+        <v>829</v>
+      </c>
+      <c r="C390" t="s">
+        <v>19</v>
+      </c>
+      <c r="D390" t="s">
+        <v>9</v>
+      </c>
+      <c r="E390" t="s">
+        <v>15</v>
+      </c>
+      <c r="F390" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="391" spans="1:6">
+      <c r="A391" t="s">
+        <v>830</v>
+      </c>
+      <c r="B391" t="s">
+        <v>831</v>
+      </c>
+      <c r="C391" t="s">
+        <v>19</v>
+      </c>
+      <c r="D391" t="s">
+        <v>37</v>
+      </c>
+      <c r="E391" t="s">
+        <v>15</v>
+      </c>
+      <c r="F391" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6">
+      <c r="A392" t="s">
+        <v>832</v>
+      </c>
+      <c r="B392" t="s">
+        <v>833</v>
+      </c>
+      <c r="C392" t="s">
+        <v>103</v>
+      </c>
+      <c r="D392" t="s">
+        <v>9</v>
+      </c>
+      <c r="E392" t="s">
+        <v>21</v>
+      </c>
+      <c r="F392" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6">
+      <c r="A393" t="s">
+        <v>834</v>
+      </c>
+      <c r="B393" t="s">
+        <v>835</v>
+      </c>
+      <c r="C393" t="s">
+        <v>19</v>
+      </c>
+      <c r="D393" t="s">
+        <v>9</v>
+      </c>
+      <c r="E393" t="s">
+        <v>48</v>
+      </c>
+      <c r="F393" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6">
+      <c r="A394" t="s">
+        <v>836</v>
+      </c>
+      <c r="B394" t="s">
+        <v>837</v>
+      </c>
+      <c r="C394" t="s">
+        <v>19</v>
+      </c>
+      <c r="D394" t="s">
+        <v>9</v>
+      </c>
+      <c r="E394" t="s">
+        <v>10</v>
+      </c>
+      <c r="F394" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6">
+      <c r="A395" t="s">
+        <v>838</v>
+      </c>
+      <c r="B395" t="s">
+        <v>839</v>
+      </c>
+      <c r="C395" t="s">
+        <v>19</v>
+      </c>
+      <c r="D395" t="s">
+        <v>37</v>
+      </c>
+      <c r="E395" t="s">
+        <v>15</v>
+      </c>
+      <c r="F395" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="396" spans="1:6">
+      <c r="A396" t="s">
+        <v>840</v>
+      </c>
+      <c r="B396" t="s">
+        <v>841</v>
+      </c>
+      <c r="C396" t="s">
+        <v>19</v>
+      </c>
+      <c r="D396" t="s">
+        <v>9</v>
+      </c>
+      <c r="E396" t="s">
+        <v>10</v>
+      </c>
+      <c r="F396" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="397" spans="1:6">
+      <c r="A397" t="s">
+        <v>842</v>
+      </c>
+      <c r="B397" t="s">
+        <v>843</v>
+      </c>
+      <c r="C397" t="s">
+        <v>19</v>
+      </c>
+      <c r="D397" t="s">
+        <v>9</v>
+      </c>
+      <c r="E397" t="s">
+        <v>10</v>
+      </c>
+      <c r="F397" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="398" spans="1:6">
+      <c r="A398" t="s">
+        <v>844</v>
+      </c>
+      <c r="B398" t="s">
+        <v>845</v>
+      </c>
+      <c r="C398" t="s">
+        <v>8</v>
+      </c>
+      <c r="D398" t="s">
+        <v>9</v>
+      </c>
+      <c r="E398" t="s">
+        <v>10</v>
+      </c>
+      <c r="F398" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6">
+      <c r="A399" t="s">
+        <v>846</v>
+      </c>
+      <c r="B399" t="s">
+        <v>847</v>
+      </c>
+      <c r="C399" t="s">
+        <v>19</v>
+      </c>
+      <c r="D399" t="s">
+        <v>473</v>
+      </c>
+      <c r="E399" t="s">
+        <v>48</v>
+      </c>
+      <c r="F399" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="400" spans="1:6">
+      <c r="A400" t="s">
+        <v>848</v>
+      </c>
+      <c r="B400" t="s">
+        <v>849</v>
+      </c>
+      <c r="C400" t="s">
+        <v>19</v>
+      </c>
+      <c r="D400" t="s">
+        <v>9</v>
+      </c>
+      <c r="E400" t="s">
+        <v>10</v>
+      </c>
+      <c r="F400" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="401" spans="1:6">
+      <c r="A401" t="s">
+        <v>850</v>
+      </c>
+      <c r="B401" t="s">
+        <v>851</v>
+      </c>
+      <c r="C401" t="s">
+        <v>19</v>
+      </c>
+      <c r="D401" t="s">
+        <v>9</v>
+      </c>
+      <c r="E401" t="s">
+        <v>15</v>
+      </c>
+      <c r="F401" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="402" spans="1:6">
+      <c r="A402" t="s">
+        <v>852</v>
+      </c>
+      <c r="B402" t="s">
+        <v>853</v>
+      </c>
+      <c r="C402" t="s">
+        <v>103</v>
+      </c>
+      <c r="D402" t="s">
+        <v>37</v>
+      </c>
+      <c r="E402" t="s">
+        <v>48</v>
+      </c>
+      <c r="F402" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="A403" t="s">
+        <v>854</v>
+      </c>
+      <c r="B403" t="s">
+        <v>855</v>
+      </c>
+      <c r="C403" t="s">
+        <v>19</v>
+      </c>
+      <c r="D403" t="s">
+        <v>14</v>
+      </c>
+      <c r="E403" t="s">
+        <v>15</v>
+      </c>
+      <c r="F403" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6">
+      <c r="A404" t="s">
+        <v>856</v>
+      </c>
+      <c r="B404" t="s">
+        <v>857</v>
+      </c>
+      <c r="C404" t="s">
+        <v>19</v>
+      </c>
+      <c r="D404" t="s">
+        <v>9</v>
+      </c>
+      <c r="E404" t="s">
+        <v>15</v>
+      </c>
+      <c r="F404" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">