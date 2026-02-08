--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="858">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1021">
   <si>
     <t>IIN</t>
   </si>
   <si>
     <t>Name of the Industry/Business/Entity</t>
   </si>
   <si>
     <t>Nature of the Business</t>
   </si>
   <si>
     <t>Industry Scales</t>
   </si>
   <si>
     <t>Business Category</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>0000 0000 0001</t>
   </si>
   <si>
     <t>DUMINDU INDUSTRIES ( PVT ) LTD</t>
   </si>
   <si>
@@ -2586,50 +2586,539 @@
     <t>AROMA NATURAL RUBBER PVT LTD</t>
   </si>
   <si>
     <t>0000 0000 0408</t>
   </si>
   <si>
     <t>GAYA MINI MART (PVT) LTD</t>
   </si>
   <si>
     <t>0000 0000 0409</t>
   </si>
   <si>
     <t>J.K ENTERPRISES</t>
   </si>
   <si>
     <t>0000 0000 0410</t>
   </si>
   <si>
     <t>MINIPURA GRANITE</t>
   </si>
   <si>
     <t>0000 0000 0411</t>
   </si>
   <si>
     <t>M.V.ELECTRONIC (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0412</t>
+  </si>
+  <si>
+    <t>ද කැකුළි පුද්ගලික සමාගම</t>
+  </si>
+  <si>
+    <t>0000 0000 0413</t>
+  </si>
+  <si>
+    <t>GKUC CONSTRUCTION PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0414</t>
+  </si>
+  <si>
+    <t>EHELIYAGODA TEXTILE</t>
+  </si>
+  <si>
+    <t>0000 0000 0415</t>
+  </si>
+  <si>
+    <t>JAYA CEYLON</t>
+  </si>
+  <si>
+    <t>0000 0000 0416</t>
+  </si>
+  <si>
+    <t>KENUTH FOODS</t>
+  </si>
+  <si>
+    <t>0000 0000 0417</t>
+  </si>
+  <si>
+    <t>SAVORA</t>
+  </si>
+  <si>
+    <t>0000 0000 0418</t>
+  </si>
+  <si>
+    <t>SADAMINI PRODUCTION</t>
+  </si>
+  <si>
+    <t>Offshore Company</t>
+  </si>
+  <si>
+    <t>0000 0000 0419</t>
+  </si>
+  <si>
+    <t>LANKA ECO PRODUCT ORGANIZATION PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0420</t>
+  </si>
+  <si>
+    <t>PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0421</t>
+  </si>
+  <si>
+    <t>SENSE ARTISANAL TEA</t>
+  </si>
+  <si>
+    <t>0000 0000 0422</t>
+  </si>
+  <si>
+    <t>LEWIS FURNITURE</t>
+  </si>
+  <si>
+    <t>0000 0000 0423</t>
+  </si>
+  <si>
+    <t>LINTON TEA PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0424</t>
+  </si>
+  <si>
+    <t>SRIPALEE PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0425</t>
+  </si>
+  <si>
+    <t>CEYLON KITCHEN</t>
+  </si>
+  <si>
+    <t>0000 0000 0426</t>
+  </si>
+  <si>
+    <t>OPTIMIZED TTECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0427</t>
+  </si>
+  <si>
+    <t>ACHEE CREATIONS</t>
+  </si>
+  <si>
+    <t>0000 0000 0428</t>
+  </si>
+  <si>
+    <t>නවනිලං ෆුඩ්ස්</t>
+  </si>
+  <si>
+    <t>0000 0000 0429</t>
+  </si>
+  <si>
+    <t>ARUNA GROUP PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0430</t>
+  </si>
+  <si>
+    <t>PG CEYLON PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0431</t>
+  </si>
+  <si>
+    <t>LEWIS SOFA</t>
+  </si>
+  <si>
+    <t>0000 0000 0432</t>
+  </si>
+  <si>
+    <t>SIRISARA PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0433</t>
+  </si>
+  <si>
+    <t>PEARL ASIA BUTTONS (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0434</t>
+  </si>
+  <si>
+    <t>NDT WOOD PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0435</t>
+  </si>
+  <si>
+    <t>SILVA ACCESSORIES LANKA (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0436</t>
+  </si>
+  <si>
+    <t>NALAPANA ECO PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0437</t>
+  </si>
+  <si>
+    <t>SABARAGAMUWA FERTILIZERS PVT LTD.</t>
+  </si>
+  <si>
+    <t>0000 0000 0438</t>
+  </si>
+  <si>
+    <t>CLEAN POLY PACKAGING (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0439</t>
+  </si>
+  <si>
+    <t>WERAGODA INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0440</t>
+  </si>
+  <si>
+    <t>NEW NILE</t>
+  </si>
+  <si>
+    <t>0000 0000 0441</t>
+  </si>
+  <si>
+    <t>PIREKMA PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0442</t>
+  </si>
+  <si>
+    <t>JAYANATH ENTERPRISES</t>
+  </si>
+  <si>
+    <t>0000 0000 0443</t>
+  </si>
+  <si>
+    <t>PASINDI AUTO PARTS AND P.A.PRODUCT (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0444</t>
+  </si>
+  <si>
+    <t>HIGHLIGHT GARMENT INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0445</t>
+  </si>
+  <si>
+    <t>AUTOWAYS PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0446</t>
+  </si>
+  <si>
+    <t>සිලෝන් ෆැසට්</t>
+  </si>
+  <si>
+    <t>0000 0000 0447</t>
+  </si>
+  <si>
+    <t>GINDARA</t>
+  </si>
+  <si>
+    <t>0000 0000 0448</t>
+  </si>
+  <si>
+    <t>CEYLON GEMSTONES INTERNATIONAL (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0449</t>
+  </si>
+  <si>
+    <t>THISANSA PRINTERS</t>
+  </si>
+  <si>
+    <t>0000 0000 0450</t>
+  </si>
+  <si>
+    <t>PARAMOUNT EXPORT INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0451</t>
+  </si>
+  <si>
+    <t>GKUC SPICY PORT (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0452</t>
+  </si>
+  <si>
+    <t>GKUC INTERNATIONAL (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0453</t>
+  </si>
+  <si>
+    <t>GAMPOLA INDUSTRIES SABARAGAMUWA PRIVATE LIMITED.</t>
+  </si>
+  <si>
+    <t>0000 0000 0454</t>
+  </si>
+  <si>
+    <t>LALLANS SPORTS GOODS MANUFACTURERS PRIVATE LIMITED.</t>
+  </si>
+  <si>
+    <t>0000 0000 0455</t>
+  </si>
+  <si>
+    <t>SIGIRI FURNITURE (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0456</t>
+  </si>
+  <si>
+    <t>RATHNASIRI OIL MILLS</t>
+  </si>
+  <si>
+    <t>0000 0000 0457</t>
+  </si>
+  <si>
+    <t>IK  ENGINEERING SOLUTIONS PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0458</t>
+  </si>
+  <si>
+    <t>ECO TEA FACTORY</t>
+  </si>
+  <si>
+    <t>0000 0000 0459</t>
+  </si>
+  <si>
+    <t>CEYLONIYA GLOBAL</t>
+  </si>
+  <si>
+    <t>0000 0000 0460</t>
+  </si>
+  <si>
+    <t>SASINDU PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0461</t>
+  </si>
+  <si>
+    <t>PUSSATHOTA NASARI</t>
+  </si>
+  <si>
+    <t>0000 0000 0462</t>
+  </si>
+  <si>
+    <t>ZIOLTY LANKA (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0463</t>
+  </si>
+  <si>
+    <t>EVERGRIP AUTOMOTIVE PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0464</t>
+  </si>
+  <si>
+    <t>DARSHANI FOOD PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0465</t>
+  </si>
+  <si>
+    <t>GALLE MARKETING SERVICE ( PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0466</t>
+  </si>
+  <si>
+    <t>LAKPLY MANUFACTURERS (PVT)LTD.</t>
+  </si>
+  <si>
+    <t>0000 0000 0467</t>
+  </si>
+  <si>
+    <t>NELUMBO NATURA COSMETICS</t>
+  </si>
+  <si>
+    <t>0000 0000 0468</t>
+  </si>
+  <si>
+    <t>ECOGREEN RAJARATA PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0469</t>
+  </si>
+  <si>
+    <t>TRISTAR POLY TECH (PVT) LTD.</t>
+  </si>
+  <si>
+    <t>0000 0000 0470</t>
+  </si>
+  <si>
+    <t>T R O LANKA ENGINEERING (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0471</t>
+  </si>
+  <si>
+    <t>SUN SCREEN (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0472</t>
+  </si>
+  <si>
+    <t>MAC EXPORT HOLDINGS PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0473</t>
+  </si>
+  <si>
+    <t>AMEE ENTERPRISES</t>
+  </si>
+  <si>
+    <t>0000 0000 0474</t>
+  </si>
+  <si>
+    <t>AROYA CEYLON (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0475</t>
+  </si>
+  <si>
+    <t>MULTI POLYMERS</t>
+  </si>
+  <si>
+    <t>0000 0000 0476</t>
+  </si>
+  <si>
+    <t>EXCELLNCE ENGENDERING</t>
+  </si>
+  <si>
+    <t>0000 0000 0477</t>
+  </si>
+  <si>
+    <t>SHUBANI FIRE WORKS</t>
+  </si>
+  <si>
+    <t>0000 0000 0478</t>
+  </si>
+  <si>
+    <t>SANJEEWAKA AYURVEDIC PRODUCTS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0479</t>
+  </si>
+  <si>
+    <t>POWER TECH MARKETING SOLUTIONS &amp; ENGINEERING (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0480</t>
+  </si>
+  <si>
+    <t>FLEXUS PHARMA (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0481</t>
+  </si>
+  <si>
+    <t>FINAKLE MANAGEMENT SOLUTIONS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0482</t>
+  </si>
+  <si>
+    <t>SAYU BY SANJU STORE (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0483</t>
+  </si>
+  <si>
+    <t>EMINENCE HOTEL AND LUXURY BANQUETS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0484</t>
+  </si>
+  <si>
+    <t>MOON BRIGHT STUDIO  /   MOON  BRIGHT CLOTHING</t>
+  </si>
+  <si>
+    <t>0000 0000 0485</t>
+  </si>
+  <si>
+    <t>SOLUTIONS WATERMINDS</t>
+  </si>
+  <si>
+    <t>0000 0000 0486</t>
+  </si>
+  <si>
+    <t>ISALI FASHION</t>
+  </si>
+  <si>
+    <t>0000 0000 0487</t>
+  </si>
+  <si>
+    <t>PADAMA PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0488</t>
+  </si>
+  <si>
+    <t>SRI SAMANELIYA TEA FACTORY</t>
+  </si>
+  <si>
+    <t>0000 0000 0489</t>
+  </si>
+  <si>
+    <t>CHALLENGE FOOD PRODUCTS LIMITED COMPANY</t>
+  </si>
+  <si>
+    <t>0000 0000 0490</t>
+  </si>
+  <si>
+    <t>S S P ENGINEERS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0491</t>
+  </si>
+  <si>
+    <t>THILINA SANJEEWA</t>
+  </si>
+  <si>
+    <t>0000 0000 0492</t>
+  </si>
+  <si>
+    <t>LIFESTYLE COLLECTION</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2951,51 +3440,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F404"/>
+  <dimension ref="A1:F485"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="70" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -11045,50 +11534,1670 @@
       <c r="E403" t="s">
         <v>15</v>
       </c>
       <c r="F403" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
         <v>856</v>
       </c>
       <c r="B404" t="s">
         <v>857</v>
       </c>
       <c r="C404" t="s">
         <v>19</v>
       </c>
       <c r="D404" t="s">
         <v>9</v>
       </c>
       <c r="E404" t="s">
         <v>15</v>
       </c>
       <c r="F404" t="s">
         <v>22</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6">
+      <c r="A405" t="s">
+        <v>858</v>
+      </c>
+      <c r="B405" t="s">
+        <v>859</v>
+      </c>
+      <c r="C405" t="s">
+        <v>19</v>
+      </c>
+      <c r="D405" t="s">
+        <v>9</v>
+      </c>
+      <c r="E405" t="s">
+        <v>15</v>
+      </c>
+      <c r="F405" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6">
+      <c r="A406" t="s">
+        <v>860</v>
+      </c>
+      <c r="B406" t="s">
+        <v>861</v>
+      </c>
+      <c r="C406" t="s">
+        <v>103</v>
+      </c>
+      <c r="D406" t="s">
+        <v>9</v>
+      </c>
+      <c r="E406" t="s">
+        <v>15</v>
+      </c>
+      <c r="F406" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407" t="s">
+        <v>862</v>
+      </c>
+      <c r="B407" t="s">
+        <v>863</v>
+      </c>
+      <c r="C407" t="s">
+        <v>19</v>
+      </c>
+      <c r="D407" t="s">
+        <v>14</v>
+      </c>
+      <c r="E407" t="s">
+        <v>15</v>
+      </c>
+      <c r="F407" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6">
+      <c r="A408" t="s">
+        <v>864</v>
+      </c>
+      <c r="B408" t="s">
+        <v>865</v>
+      </c>
+      <c r="C408" t="s">
+        <v>19</v>
+      </c>
+      <c r="D408" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408" t="s">
+        <v>21</v>
+      </c>
+      <c r="F408" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6">
+      <c r="A409" t="s">
+        <v>866</v>
+      </c>
+      <c r="B409" t="s">
+        <v>867</v>
+      </c>
+      <c r="C409" t="s">
+        <v>19</v>
+      </c>
+      <c r="D409" t="s">
+        <v>14</v>
+      </c>
+      <c r="E409" t="s">
+        <v>21</v>
+      </c>
+      <c r="F409" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6">
+      <c r="A410" t="s">
+        <v>868</v>
+      </c>
+      <c r="B410" t="s">
+        <v>869</v>
+      </c>
+      <c r="C410" t="s">
+        <v>19</v>
+      </c>
+      <c r="D410" t="s">
+        <v>9</v>
+      </c>
+      <c r="E410" t="s">
+        <v>21</v>
+      </c>
+      <c r="F410" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="A411" t="s">
+        <v>870</v>
+      </c>
+      <c r="B411" t="s">
+        <v>871</v>
+      </c>
+      <c r="C411" t="s">
+        <v>103</v>
+      </c>
+      <c r="D411" t="s">
+        <v>872</v>
+      </c>
+      <c r="E411" t="s">
+        <v>15</v>
+      </c>
+      <c r="F411" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6">
+      <c r="A412" t="s">
+        <v>873</v>
+      </c>
+      <c r="B412" t="s">
+        <v>874</v>
+      </c>
+      <c r="C412" t="s">
+        <v>75</v>
+      </c>
+      <c r="D412" t="s">
+        <v>9</v>
+      </c>
+      <c r="E412" t="s">
+        <v>15</v>
+      </c>
+      <c r="F412" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6">
+      <c r="A413" t="s">
+        <v>875</v>
+      </c>
+      <c r="B413" t="s">
+        <v>876</v>
+      </c>
+      <c r="C413" t="s">
+        <v>19</v>
+      </c>
+      <c r="D413" t="s">
+        <v>9</v>
+      </c>
+      <c r="E413" t="s">
+        <v>10</v>
+      </c>
+      <c r="F413" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6">
+      <c r="A414" t="s">
+        <v>877</v>
+      </c>
+      <c r="B414" t="s">
+        <v>878</v>
+      </c>
+      <c r="C414" t="s">
+        <v>75</v>
+      </c>
+      <c r="D414" t="s">
+        <v>14</v>
+      </c>
+      <c r="E414" t="s">
+        <v>21</v>
+      </c>
+      <c r="F414" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415" t="s">
+        <v>879</v>
+      </c>
+      <c r="B415" t="s">
+        <v>880</v>
+      </c>
+      <c r="C415" t="s">
+        <v>19</v>
+      </c>
+      <c r="D415" t="s">
+        <v>14</v>
+      </c>
+      <c r="E415" t="s">
+        <v>21</v>
+      </c>
+      <c r="F415" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6">
+      <c r="A416" t="s">
+        <v>881</v>
+      </c>
+      <c r="B416" t="s">
+        <v>882</v>
+      </c>
+      <c r="C416" t="s">
+        <v>19</v>
+      </c>
+      <c r="D416" t="s">
+        <v>9</v>
+      </c>
+      <c r="E416" t="s">
+        <v>15</v>
+      </c>
+      <c r="F416" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6">
+      <c r="A417" t="s">
+        <v>883</v>
+      </c>
+      <c r="B417" t="s">
+        <v>884</v>
+      </c>
+      <c r="C417" t="s">
+        <v>19</v>
+      </c>
+      <c r="D417" t="s">
+        <v>37</v>
+      </c>
+      <c r="E417" t="s">
+        <v>21</v>
+      </c>
+      <c r="F417" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6">
+      <c r="A418" t="s">
+        <v>885</v>
+      </c>
+      <c r="B418" t="s">
+        <v>886</v>
+      </c>
+      <c r="C418" t="s">
+        <v>19</v>
+      </c>
+      <c r="D418" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" t="s">
+        <v>21</v>
+      </c>
+      <c r="F418" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6">
+      <c r="A419" t="s">
+        <v>887</v>
+      </c>
+      <c r="B419" t="s">
+        <v>888</v>
+      </c>
+      <c r="C419" t="s">
+        <v>103</v>
+      </c>
+      <c r="D419" t="s">
+        <v>52</v>
+      </c>
+      <c r="E419" t="s">
+        <v>15</v>
+      </c>
+      <c r="F419" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="A420" t="s">
+        <v>889</v>
+      </c>
+      <c r="B420" t="s">
+        <v>890</v>
+      </c>
+      <c r="C420" t="s">
+        <v>19</v>
+      </c>
+      <c r="D420" t="s">
+        <v>100</v>
+      </c>
+      <c r="E420" t="s">
+        <v>21</v>
+      </c>
+      <c r="F420" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6">
+      <c r="A421" t="s">
+        <v>891</v>
+      </c>
+      <c r="B421" t="s">
+        <v>892</v>
+      </c>
+      <c r="C421" t="s">
+        <v>8</v>
+      </c>
+      <c r="D421" t="s">
+        <v>9</v>
+      </c>
+      <c r="E421" t="s">
+        <v>21</v>
+      </c>
+      <c r="F421" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6">
+      <c r="A422" t="s">
+        <v>893</v>
+      </c>
+      <c r="B422" t="s">
+        <v>894</v>
+      </c>
+      <c r="C422" t="s">
+        <v>19</v>
+      </c>
+      <c r="D422" t="s">
+        <v>9</v>
+      </c>
+      <c r="E422" t="s">
+        <v>15</v>
+      </c>
+      <c r="F422" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6">
+      <c r="A423" t="s">
+        <v>895</v>
+      </c>
+      <c r="B423" t="s">
+        <v>896</v>
+      </c>
+      <c r="C423" t="s">
+        <v>19</v>
+      </c>
+      <c r="D423" t="s">
+        <v>20</v>
+      </c>
+      <c r="E423" t="s">
+        <v>21</v>
+      </c>
+      <c r="F423" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6">
+      <c r="A424" t="s">
+        <v>897</v>
+      </c>
+      <c r="B424" t="s">
+        <v>898</v>
+      </c>
+      <c r="C424" t="s">
+        <v>19</v>
+      </c>
+      <c r="D424" t="s">
+        <v>14</v>
+      </c>
+      <c r="E424" t="s">
+        <v>21</v>
+      </c>
+      <c r="F424" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6">
+      <c r="A425" t="s">
+        <v>899</v>
+      </c>
+      <c r="B425" t="s">
+        <v>900</v>
+      </c>
+      <c r="C425" t="s">
+        <v>19</v>
+      </c>
+      <c r="D425" t="s">
+        <v>14</v>
+      </c>
+      <c r="E425" t="s">
+        <v>21</v>
+      </c>
+      <c r="F425" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6">
+      <c r="A426" t="s">
+        <v>901</v>
+      </c>
+      <c r="B426" t="s">
+        <v>902</v>
+      </c>
+      <c r="C426" t="s">
+        <v>19</v>
+      </c>
+      <c r="D426" t="s">
+        <v>9</v>
+      </c>
+      <c r="E426" t="s">
+        <v>15</v>
+      </c>
+      <c r="F426" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6">
+      <c r="A427" t="s">
+        <v>903</v>
+      </c>
+      <c r="B427" t="s">
+        <v>904</v>
+      </c>
+      <c r="C427" t="s">
+        <v>19</v>
+      </c>
+      <c r="D427" t="s">
+        <v>14</v>
+      </c>
+      <c r="E427" t="s">
+        <v>15</v>
+      </c>
+      <c r="F427" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6">
+      <c r="A428" t="s">
+        <v>905</v>
+      </c>
+      <c r="B428" t="s">
+        <v>906</v>
+      </c>
+      <c r="C428" t="s">
+        <v>19</v>
+      </c>
+      <c r="D428" t="s">
+        <v>9</v>
+      </c>
+      <c r="E428" t="s">
+        <v>15</v>
+      </c>
+      <c r="F428" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6">
+      <c r="A429" t="s">
+        <v>907</v>
+      </c>
+      <c r="B429" t="s">
+        <v>908</v>
+      </c>
+      <c r="C429" t="s">
+        <v>19</v>
+      </c>
+      <c r="D429" t="s">
+        <v>14</v>
+      </c>
+      <c r="E429" t="s">
+        <v>21</v>
+      </c>
+      <c r="F429" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6">
+      <c r="A430" t="s">
+        <v>909</v>
+      </c>
+      <c r="B430" t="s">
+        <v>910</v>
+      </c>
+      <c r="C430" t="s">
+        <v>27</v>
+      </c>
+      <c r="D430" t="s">
+        <v>9</v>
+      </c>
+      <c r="E430" t="s">
+        <v>15</v>
+      </c>
+      <c r="F430" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="431" spans="1:6">
+      <c r="A431" t="s">
+        <v>911</v>
+      </c>
+      <c r="B431" t="s">
+        <v>912</v>
+      </c>
+      <c r="C431" t="s">
+        <v>19</v>
+      </c>
+      <c r="D431" t="s">
+        <v>9</v>
+      </c>
+      <c r="E431" t="s">
+        <v>48</v>
+      </c>
+      <c r="F431" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6">
+      <c r="A432" t="s">
+        <v>913</v>
+      </c>
+      <c r="B432" t="s">
+        <v>914</v>
+      </c>
+      <c r="C432" t="s">
+        <v>19</v>
+      </c>
+      <c r="D432" t="s">
+        <v>14</v>
+      </c>
+      <c r="E432" t="s">
+        <v>21</v>
+      </c>
+      <c r="F432" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="433" spans="1:6">
+      <c r="A433" t="s">
+        <v>915</v>
+      </c>
+      <c r="B433" t="s">
+        <v>916</v>
+      </c>
+      <c r="C433" t="s">
+        <v>19</v>
+      </c>
+      <c r="D433" t="s">
+        <v>9</v>
+      </c>
+      <c r="E433" t="s">
+        <v>21</v>
+      </c>
+      <c r="F433" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="434" spans="1:6">
+      <c r="A434" t="s">
+        <v>917</v>
+      </c>
+      <c r="B434" t="s">
+        <v>918</v>
+      </c>
+      <c r="C434" t="s">
+        <v>19</v>
+      </c>
+      <c r="D434" t="s">
+        <v>9</v>
+      </c>
+      <c r="E434" t="s">
+        <v>15</v>
+      </c>
+      <c r="F434" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="435" spans="1:6">
+      <c r="A435" t="s">
+        <v>919</v>
+      </c>
+      <c r="B435" t="s">
+        <v>920</v>
+      </c>
+      <c r="C435" t="s">
+        <v>19</v>
+      </c>
+      <c r="D435" t="s">
+        <v>14</v>
+      </c>
+      <c r="E435" t="s">
+        <v>15</v>
+      </c>
+      <c r="F435" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="436" spans="1:6">
+      <c r="A436" t="s">
+        <v>921</v>
+      </c>
+      <c r="B436" t="s">
+        <v>922</v>
+      </c>
+      <c r="C436" t="s">
+        <v>19</v>
+      </c>
+      <c r="D436" t="s">
+        <v>9</v>
+      </c>
+      <c r="E436" t="s">
+        <v>15</v>
+      </c>
+      <c r="F436" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="437" spans="1:6">
+      <c r="A437" t="s">
+        <v>923</v>
+      </c>
+      <c r="B437" t="s">
+        <v>924</v>
+      </c>
+      <c r="C437" t="s">
+        <v>19</v>
+      </c>
+      <c r="D437" t="s">
+        <v>14</v>
+      </c>
+      <c r="E437" t="s">
+        <v>15</v>
+      </c>
+      <c r="F437" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="438" spans="1:6">
+      <c r="A438" t="s">
+        <v>925</v>
+      </c>
+      <c r="B438" t="s">
+        <v>926</v>
+      </c>
+      <c r="C438" t="s">
+        <v>19</v>
+      </c>
+      <c r="D438" t="s">
+        <v>9</v>
+      </c>
+      <c r="E438" t="s">
+        <v>10</v>
+      </c>
+      <c r="F438" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="439" spans="1:6">
+      <c r="A439" t="s">
+        <v>927</v>
+      </c>
+      <c r="B439" t="s">
+        <v>928</v>
+      </c>
+      <c r="C439" t="s">
+        <v>19</v>
+      </c>
+      <c r="D439" t="s">
+        <v>14</v>
+      </c>
+      <c r="E439" t="s">
+        <v>10</v>
+      </c>
+      <c r="F439" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="440" spans="1:6">
+      <c r="A440" t="s">
+        <v>929</v>
+      </c>
+      <c r="B440" t="s">
+        <v>930</v>
+      </c>
+      <c r="C440" t="s">
+        <v>8</v>
+      </c>
+      <c r="D440" t="s">
+        <v>14</v>
+      </c>
+      <c r="E440" t="s">
+        <v>15</v>
+      </c>
+      <c r="F440" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="441" spans="1:6">
+      <c r="A441" t="s">
+        <v>931</v>
+      </c>
+      <c r="B441" t="s">
+        <v>932</v>
+      </c>
+      <c r="C441" t="s">
+        <v>19</v>
+      </c>
+      <c r="D441" t="s">
+        <v>9</v>
+      </c>
+      <c r="E441" t="s">
+        <v>15</v>
+      </c>
+      <c r="F441" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="442" spans="1:6">
+      <c r="A442" t="s">
+        <v>933</v>
+      </c>
+      <c r="B442" t="s">
+        <v>934</v>
+      </c>
+      <c r="C442" t="s">
+        <v>19</v>
+      </c>
+      <c r="D442" t="s">
+        <v>14</v>
+      </c>
+      <c r="E442" t="s">
+        <v>21</v>
+      </c>
+      <c r="F442" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="443" spans="1:6">
+      <c r="A443" t="s">
+        <v>935</v>
+      </c>
+      <c r="B443" t="s">
+        <v>936</v>
+      </c>
+      <c r="C443" t="s">
+        <v>19</v>
+      </c>
+      <c r="D443" t="s">
+        <v>37</v>
+      </c>
+      <c r="E443" t="s">
+        <v>15</v>
+      </c>
+      <c r="F443" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="444" spans="1:6">
+      <c r="A444" t="s">
+        <v>937</v>
+      </c>
+      <c r="B444" t="s">
+        <v>938</v>
+      </c>
+      <c r="C444" t="s">
+        <v>19</v>
+      </c>
+      <c r="D444" t="s">
+        <v>9</v>
+      </c>
+      <c r="E444" t="s">
+        <v>15</v>
+      </c>
+      <c r="F444" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="445" spans="1:6">
+      <c r="A445" t="s">
+        <v>939</v>
+      </c>
+      <c r="B445" t="s">
+        <v>940</v>
+      </c>
+      <c r="C445" t="s">
+        <v>19</v>
+      </c>
+      <c r="D445" t="s">
+        <v>9</v>
+      </c>
+      <c r="E445" t="s">
+        <v>10</v>
+      </c>
+      <c r="F445" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6">
+      <c r="A446" t="s">
+        <v>941</v>
+      </c>
+      <c r="B446" t="s">
+        <v>942</v>
+      </c>
+      <c r="C446" t="s">
+        <v>19</v>
+      </c>
+      <c r="D446" t="s">
+        <v>9</v>
+      </c>
+      <c r="E446" t="s">
+        <v>15</v>
+      </c>
+      <c r="F446" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6">
+      <c r="A447" t="s">
+        <v>943</v>
+      </c>
+      <c r="B447" t="s">
+        <v>944</v>
+      </c>
+      <c r="C447" t="s">
+        <v>19</v>
+      </c>
+      <c r="D447" t="s">
+        <v>52</v>
+      </c>
+      <c r="E447" t="s">
+        <v>15</v>
+      </c>
+      <c r="F447" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="448" spans="1:6">
+      <c r="A448" t="s">
+        <v>945</v>
+      </c>
+      <c r="B448" t="s">
+        <v>946</v>
+      </c>
+      <c r="C448" t="s">
+        <v>19</v>
+      </c>
+      <c r="D448" t="s">
+        <v>9</v>
+      </c>
+      <c r="E448" t="s">
+        <v>15</v>
+      </c>
+      <c r="F448" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6">
+      <c r="A449" t="s">
+        <v>947</v>
+      </c>
+      <c r="B449" t="s">
+        <v>948</v>
+      </c>
+      <c r="C449" t="s">
+        <v>580</v>
+      </c>
+      <c r="D449" t="s">
+        <v>37</v>
+      </c>
+      <c r="E449" t="s">
+        <v>21</v>
+      </c>
+      <c r="F449" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6">
+      <c r="A450" t="s">
+        <v>949</v>
+      </c>
+      <c r="B450" t="s">
+        <v>950</v>
+      </c>
+      <c r="C450" t="s">
+        <v>103</v>
+      </c>
+      <c r="D450" t="s">
+        <v>9</v>
+      </c>
+      <c r="E450" t="s">
+        <v>15</v>
+      </c>
+      <c r="F450" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="451" spans="1:6">
+      <c r="A451" t="s">
+        <v>951</v>
+      </c>
+      <c r="B451" t="s">
+        <v>952</v>
+      </c>
+      <c r="C451" t="s">
+        <v>19</v>
+      </c>
+      <c r="D451" t="s">
+        <v>14</v>
+      </c>
+      <c r="E451" t="s">
+        <v>15</v>
+      </c>
+      <c r="F451" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="452" spans="1:6">
+      <c r="A452" t="s">
+        <v>953</v>
+      </c>
+      <c r="B452" t="s">
+        <v>954</v>
+      </c>
+      <c r="C452" t="s">
+        <v>90</v>
+      </c>
+      <c r="D452" t="s">
+        <v>14</v>
+      </c>
+      <c r="E452" t="s">
+        <v>21</v>
+      </c>
+      <c r="F452" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="453" spans="1:6">
+      <c r="A453" t="s">
+        <v>955</v>
+      </c>
+      <c r="B453" t="s">
+        <v>956</v>
+      </c>
+      <c r="C453" t="s">
+        <v>19</v>
+      </c>
+      <c r="D453" t="s">
+        <v>14</v>
+      </c>
+      <c r="E453" t="s">
+        <v>21</v>
+      </c>
+      <c r="F453" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="454" spans="1:6">
+      <c r="A454" t="s">
+        <v>957</v>
+      </c>
+      <c r="B454" t="s">
+        <v>958</v>
+      </c>
+      <c r="C454" t="s">
+        <v>8</v>
+      </c>
+      <c r="D454" t="s">
+        <v>14</v>
+      </c>
+      <c r="E454" t="s">
+        <v>10</v>
+      </c>
+      <c r="F454" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="455" spans="1:6">
+      <c r="A455" t="s">
+        <v>959</v>
+      </c>
+      <c r="B455" t="s">
+        <v>960</v>
+      </c>
+      <c r="C455" t="s">
+        <v>27</v>
+      </c>
+      <c r="D455" t="s">
+        <v>9</v>
+      </c>
+      <c r="E455" t="s">
+        <v>21</v>
+      </c>
+      <c r="F455" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="456" spans="1:6">
+      <c r="A456" t="s">
+        <v>961</v>
+      </c>
+      <c r="B456" t="s">
+        <v>962</v>
+      </c>
+      <c r="C456" t="s">
+        <v>19</v>
+      </c>
+      <c r="D456" t="s">
+        <v>9</v>
+      </c>
+      <c r="E456" t="s">
+        <v>10</v>
+      </c>
+      <c r="F456" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="457" spans="1:6">
+      <c r="A457" t="s">
+        <v>963</v>
+      </c>
+      <c r="B457" t="s">
+        <v>964</v>
+      </c>
+      <c r="C457" t="s">
+        <v>75</v>
+      </c>
+      <c r="D457" t="s">
+        <v>14</v>
+      </c>
+      <c r="E457" t="s">
+        <v>15</v>
+      </c>
+      <c r="F457" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="458" spans="1:6">
+      <c r="A458" t="s">
+        <v>965</v>
+      </c>
+      <c r="B458" t="s">
+        <v>966</v>
+      </c>
+      <c r="C458" t="s">
+        <v>19</v>
+      </c>
+      <c r="D458" t="s">
+        <v>9</v>
+      </c>
+      <c r="E458" t="s">
+        <v>15</v>
+      </c>
+      <c r="F458" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="459" spans="1:6">
+      <c r="A459" t="s">
+        <v>967</v>
+      </c>
+      <c r="B459" t="s">
+        <v>968</v>
+      </c>
+      <c r="C459" t="s">
+        <v>19</v>
+      </c>
+      <c r="D459" t="s">
+        <v>9</v>
+      </c>
+      <c r="E459" t="s">
+        <v>15</v>
+      </c>
+      <c r="F459" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="460" spans="1:6">
+      <c r="A460" t="s">
+        <v>969</v>
+      </c>
+      <c r="B460" t="s">
+        <v>970</v>
+      </c>
+      <c r="C460" t="s">
+        <v>19</v>
+      </c>
+      <c r="D460" t="s">
+        <v>9</v>
+      </c>
+      <c r="E460" t="s">
+        <v>15</v>
+      </c>
+      <c r="F460" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6">
+      <c r="A461" t="s">
+        <v>971</v>
+      </c>
+      <c r="B461" t="s">
+        <v>972</v>
+      </c>
+      <c r="C461" t="s">
+        <v>19</v>
+      </c>
+      <c r="D461" t="s">
+        <v>9</v>
+      </c>
+      <c r="E461" t="s">
+        <v>15</v>
+      </c>
+      <c r="F461" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6">
+      <c r="A462" t="s">
+        <v>973</v>
+      </c>
+      <c r="B462" t="s">
+        <v>974</v>
+      </c>
+      <c r="C462" t="s">
+        <v>8</v>
+      </c>
+      <c r="D462" t="s">
+        <v>9</v>
+      </c>
+      <c r="E462" t="s">
+        <v>15</v>
+      </c>
+      <c r="F462" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="463" spans="1:6">
+      <c r="A463" t="s">
+        <v>975</v>
+      </c>
+      <c r="B463" t="s">
+        <v>976</v>
+      </c>
+      <c r="C463" t="s">
+        <v>27</v>
+      </c>
+      <c r="D463" t="s">
+        <v>9</v>
+      </c>
+      <c r="E463" t="s">
+        <v>15</v>
+      </c>
+      <c r="F463" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6">
+      <c r="A464" t="s">
+        <v>977</v>
+      </c>
+      <c r="B464" t="s">
+        <v>978</v>
+      </c>
+      <c r="C464" t="s">
+        <v>103</v>
+      </c>
+      <c r="D464" t="s">
+        <v>9</v>
+      </c>
+      <c r="E464" t="s">
+        <v>15</v>
+      </c>
+      <c r="F464" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="465" spans="1:6">
+      <c r="A465" t="s">
+        <v>979</v>
+      </c>
+      <c r="B465" t="s">
+        <v>980</v>
+      </c>
+      <c r="C465" t="s">
+        <v>19</v>
+      </c>
+      <c r="D465" t="s">
+        <v>9</v>
+      </c>
+      <c r="E465" t="s">
+        <v>15</v>
+      </c>
+      <c r="F465" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="466" spans="1:6">
+      <c r="A466" t="s">
+        <v>981</v>
+      </c>
+      <c r="B466" t="s">
+        <v>982</v>
+      </c>
+      <c r="C466" t="s">
+        <v>8</v>
+      </c>
+      <c r="D466" t="s">
+        <v>14</v>
+      </c>
+      <c r="E466" t="s">
+        <v>15</v>
+      </c>
+      <c r="F466" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="467" spans="1:6">
+      <c r="A467" t="s">
+        <v>983</v>
+      </c>
+      <c r="B467" t="s">
+        <v>984</v>
+      </c>
+      <c r="C467" t="s">
+        <v>19</v>
+      </c>
+      <c r="D467" t="s">
+        <v>9</v>
+      </c>
+      <c r="E467" t="s">
+        <v>21</v>
+      </c>
+      <c r="F467" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="468" spans="1:6">
+      <c r="A468" t="s">
+        <v>985</v>
+      </c>
+      <c r="B468" t="s">
+        <v>986</v>
+      </c>
+      <c r="C468" t="s">
+        <v>19</v>
+      </c>
+      <c r="D468" t="s">
+        <v>37</v>
+      </c>
+      <c r="E468" t="s">
+        <v>15</v>
+      </c>
+      <c r="F468" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="469" spans="1:6">
+      <c r="A469" t="s">
+        <v>987</v>
+      </c>
+      <c r="B469" t="s">
+        <v>988</v>
+      </c>
+      <c r="C469" t="s">
+        <v>19</v>
+      </c>
+      <c r="D469" t="s">
+        <v>37</v>
+      </c>
+      <c r="E469" t="s">
+        <v>21</v>
+      </c>
+      <c r="F469" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="470" spans="1:6">
+      <c r="A470" t="s">
+        <v>989</v>
+      </c>
+      <c r="B470" t="s">
+        <v>990</v>
+      </c>
+      <c r="C470" t="s">
+        <v>8</v>
+      </c>
+      <c r="D470" t="s">
+        <v>14</v>
+      </c>
+      <c r="E470" t="s">
+        <v>15</v>
+      </c>
+      <c r="F470" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6">
+      <c r="A471" t="s">
+        <v>991</v>
+      </c>
+      <c r="B471" t="s">
+        <v>992</v>
+      </c>
+      <c r="C471" t="s">
+        <v>19</v>
+      </c>
+      <c r="D471" t="s">
+        <v>9</v>
+      </c>
+      <c r="E471" t="s">
+        <v>48</v>
+      </c>
+      <c r="F471" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6">
+      <c r="A472" t="s">
+        <v>993</v>
+      </c>
+      <c r="B472" t="s">
+        <v>994</v>
+      </c>
+      <c r="C472" t="s">
+        <v>103</v>
+      </c>
+      <c r="D472" t="s">
+        <v>9</v>
+      </c>
+      <c r="E472" t="s">
+        <v>15</v>
+      </c>
+      <c r="F472" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6">
+      <c r="A473" t="s">
+        <v>995</v>
+      </c>
+      <c r="B473" t="s">
+        <v>996</v>
+      </c>
+      <c r="C473" t="s">
+        <v>19</v>
+      </c>
+      <c r="D473" t="s">
+        <v>9</v>
+      </c>
+      <c r="E473" t="s">
+        <v>15</v>
+      </c>
+      <c r="F473" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="474" spans="1:6">
+      <c r="A474" t="s">
+        <v>997</v>
+      </c>
+      <c r="B474" t="s">
+        <v>998</v>
+      </c>
+      <c r="C474" t="s">
+        <v>103</v>
+      </c>
+      <c r="D474" t="s">
+        <v>31</v>
+      </c>
+      <c r="E474" t="s">
+        <v>15</v>
+      </c>
+      <c r="F474" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="475" spans="1:6">
+      <c r="A475" t="s">
+        <v>999</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C475" t="s">
+        <v>19</v>
+      </c>
+      <c r="D475" t="s">
+        <v>52</v>
+      </c>
+      <c r="E475" t="s">
+        <v>15</v>
+      </c>
+      <c r="F475" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="476" spans="1:6">
+      <c r="A476" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C476" t="s">
+        <v>103</v>
+      </c>
+      <c r="D476" t="s">
+        <v>9</v>
+      </c>
+      <c r="E476" t="s">
+        <v>10</v>
+      </c>
+      <c r="F476" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6">
+      <c r="A477" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C477" t="s">
+        <v>103</v>
+      </c>
+      <c r="D477" t="s">
+        <v>100</v>
+      </c>
+      <c r="E477" t="s">
+        <v>15</v>
+      </c>
+      <c r="F477" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6">
+      <c r="A478" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C478" t="s">
+        <v>103</v>
+      </c>
+      <c r="D478" t="s">
+        <v>14</v>
+      </c>
+      <c r="E478" t="s">
+        <v>21</v>
+      </c>
+      <c r="F478" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6">
+      <c r="A479" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C479" t="s">
+        <v>19</v>
+      </c>
+      <c r="D479" t="s">
+        <v>14</v>
+      </c>
+      <c r="E479" t="s">
+        <v>15</v>
+      </c>
+      <c r="F479" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="480" spans="1:6">
+      <c r="A480" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C480" t="s">
+        <v>19</v>
+      </c>
+      <c r="D480" t="s">
+        <v>14</v>
+      </c>
+      <c r="E480" t="s">
+        <v>21</v>
+      </c>
+      <c r="F480" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="481" spans="1:6">
+      <c r="A481" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C481" t="s">
+        <v>19</v>
+      </c>
+      <c r="D481" t="s">
+        <v>9</v>
+      </c>
+      <c r="E481" t="s">
+        <v>10</v>
+      </c>
+      <c r="F481" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="482" spans="1:6">
+      <c r="A482" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C482" t="s">
+        <v>19</v>
+      </c>
+      <c r="D482" t="s">
+        <v>9</v>
+      </c>
+      <c r="E482" t="s">
+        <v>15</v>
+      </c>
+      <c r="F482" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="483" spans="1:6">
+      <c r="A483" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C483" t="s">
+        <v>19</v>
+      </c>
+      <c r="D483" t="s">
+        <v>9</v>
+      </c>
+      <c r="E483" t="s">
+        <v>10</v>
+      </c>
+      <c r="F483" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="484" spans="1:6">
+      <c r="A484" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C484" t="s">
+        <v>19</v>
+      </c>
+      <c r="D484" t="s">
+        <v>9</v>
+      </c>
+      <c r="E484" t="s">
+        <v>21</v>
+      </c>
+      <c r="F484" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="485" spans="1:6">
+      <c r="A485" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C485" t="s">
+        <v>19</v>
+      </c>
+      <c r="D485" t="s">
+        <v>14</v>
+      </c>
+      <c r="E485" t="s">
+        <v>21</v>
+      </c>
+      <c r="F485" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">