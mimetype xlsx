--- v0 (2025-12-24)
+++ v1 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="858">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1133">
   <si>
     <t>IIN</t>
   </si>
   <si>
     <t>Name of the Industry/Business/Entity</t>
   </si>
   <si>
     <t>Nature of the Business</t>
   </si>
   <si>
     <t>Industry Scales</t>
   </si>
   <si>
     <t>Business Category</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>0000 0000 0001</t>
   </si>
   <si>
     <t>DUMINDU INDUSTRIES ( PVT ) LTD</t>
   </si>
   <si>
@@ -2586,50 +2586,875 @@
     <t>AROMA NATURAL RUBBER PVT LTD</t>
   </si>
   <si>
     <t>0000 0000 0408</t>
   </si>
   <si>
     <t>GAYA MINI MART (PVT) LTD</t>
   </si>
   <si>
     <t>0000 0000 0409</t>
   </si>
   <si>
     <t>J.K ENTERPRISES</t>
   </si>
   <si>
     <t>0000 0000 0410</t>
   </si>
   <si>
     <t>MINIPURA GRANITE</t>
   </si>
   <si>
     <t>0000 0000 0411</t>
   </si>
   <si>
     <t>M.V.ELECTRONIC (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0412</t>
+  </si>
+  <si>
+    <t>ද කැකුළි පුද්ගලික සමාගම</t>
+  </si>
+  <si>
+    <t>0000 0000 0413</t>
+  </si>
+  <si>
+    <t>GKUC CONSTRUCTION PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0414</t>
+  </si>
+  <si>
+    <t>EHELIYAGODA TEXTILE</t>
+  </si>
+  <si>
+    <t>0000 0000 0415</t>
+  </si>
+  <si>
+    <t>JAYA CEYLON</t>
+  </si>
+  <si>
+    <t>0000 0000 0416</t>
+  </si>
+  <si>
+    <t>KENUTH FOODS</t>
+  </si>
+  <si>
+    <t>0000 0000 0417</t>
+  </si>
+  <si>
+    <t>SAVORA</t>
+  </si>
+  <si>
+    <t>0000 0000 0418</t>
+  </si>
+  <si>
+    <t>SADAMINI PRODUCTION</t>
+  </si>
+  <si>
+    <t>Offshore Company</t>
+  </si>
+  <si>
+    <t>0000 0000 0419</t>
+  </si>
+  <si>
+    <t>LANKA ECO PRODUCT ORGANIZATION PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0420</t>
+  </si>
+  <si>
+    <t>PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0421</t>
+  </si>
+  <si>
+    <t>SENSE ARTISANAL TEA</t>
+  </si>
+  <si>
+    <t>0000 0000 0422</t>
+  </si>
+  <si>
+    <t>LEWIS FURNITURE</t>
+  </si>
+  <si>
+    <t>0000 0000 0423</t>
+  </si>
+  <si>
+    <t>LINTON TEA PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0424</t>
+  </si>
+  <si>
+    <t>SRIPALEE PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0425</t>
+  </si>
+  <si>
+    <t>CEYLON KITCHEN</t>
+  </si>
+  <si>
+    <t>0000 0000 0426</t>
+  </si>
+  <si>
+    <t>OPTIMIZED TTECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0427</t>
+  </si>
+  <si>
+    <t>ACHEE CREATIONS</t>
+  </si>
+  <si>
+    <t>0000 0000 0428</t>
+  </si>
+  <si>
+    <t>නවනිලං ෆුඩ්ස්</t>
+  </si>
+  <si>
+    <t>0000 0000 0429</t>
+  </si>
+  <si>
+    <t>ARUNA GROUP PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0430</t>
+  </si>
+  <si>
+    <t>PG CEYLON PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0431</t>
+  </si>
+  <si>
+    <t>LEWIS SOFA</t>
+  </si>
+  <si>
+    <t>0000 0000 0432</t>
+  </si>
+  <si>
+    <t>SIRISARA PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0433</t>
+  </si>
+  <si>
+    <t>PEARL ASIA BUTTONS (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0434</t>
+  </si>
+  <si>
+    <t>NDT WOOD PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0435</t>
+  </si>
+  <si>
+    <t>SILVA ACCESSORIES LANKA (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0436</t>
+  </si>
+  <si>
+    <t>NALAPANA ECO PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0437</t>
+  </si>
+  <si>
+    <t>SABARAGAMUWA FERTILIZERS PVT LTD.</t>
+  </si>
+  <si>
+    <t>0000 0000 0438</t>
+  </si>
+  <si>
+    <t>CLEAN POLY PACKAGING (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0439</t>
+  </si>
+  <si>
+    <t>WERAGODA INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0440</t>
+  </si>
+  <si>
+    <t>NEW NILE</t>
+  </si>
+  <si>
+    <t>0000 0000 0441</t>
+  </si>
+  <si>
+    <t>PIREKMA PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0442</t>
+  </si>
+  <si>
+    <t>JAYANATH ENTERPRISES</t>
+  </si>
+  <si>
+    <t>0000 0000 0443</t>
+  </si>
+  <si>
+    <t>PASINDI AUTO PARTS AND P.A.PRODUCT (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0444</t>
+  </si>
+  <si>
+    <t>HIGHLIGHT GARMENT INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0445</t>
+  </si>
+  <si>
+    <t>AUTOWAYS PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0446</t>
+  </si>
+  <si>
+    <t>සිලෝන් ෆැසට්</t>
+  </si>
+  <si>
+    <t>0000 0000 0447</t>
+  </si>
+  <si>
+    <t>GINDARA</t>
+  </si>
+  <si>
+    <t>0000 0000 0448</t>
+  </si>
+  <si>
+    <t>CEYLON GEMSTONES INTERNATIONAL (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0449</t>
+  </si>
+  <si>
+    <t>THISANSA PRINTERS</t>
+  </si>
+  <si>
+    <t>0000 0000 0450</t>
+  </si>
+  <si>
+    <t>PARAMOUNT EXPORT INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0451</t>
+  </si>
+  <si>
+    <t>GKUC SPICY PORT (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0452</t>
+  </si>
+  <si>
+    <t>GKUC INTERNATIONAL (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0453</t>
+  </si>
+  <si>
+    <t>GAMPOLA INDUSTRIES SABARAGAMUWA PRIVATE LIMITED.</t>
+  </si>
+  <si>
+    <t>0000 0000 0454</t>
+  </si>
+  <si>
+    <t>LALLANS SPORTS GOODS MANUFACTURERS PRIVATE LIMITED.</t>
+  </si>
+  <si>
+    <t>0000 0000 0455</t>
+  </si>
+  <si>
+    <t>SIGIRI FURNITURE (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0456</t>
+  </si>
+  <si>
+    <t>RATHNASIRI OIL MILLS</t>
+  </si>
+  <si>
+    <t>0000 0000 0457</t>
+  </si>
+  <si>
+    <t>IK  ENGINEERING SOLUTIONS PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0458</t>
+  </si>
+  <si>
+    <t>ECO TEA FACTORY</t>
+  </si>
+  <si>
+    <t>0000 0000 0459</t>
+  </si>
+  <si>
+    <t>CEYLONIYA GLOBAL</t>
+  </si>
+  <si>
+    <t>0000 0000 0460</t>
+  </si>
+  <si>
+    <t>SASINDU PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0461</t>
+  </si>
+  <si>
+    <t>PUSSATHOTA NASARI</t>
+  </si>
+  <si>
+    <t>0000 0000 0462</t>
+  </si>
+  <si>
+    <t>ZIOLTY LANKA (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0463</t>
+  </si>
+  <si>
+    <t>EVERGRIP AUTOMOTIVE PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0464</t>
+  </si>
+  <si>
+    <t>DARSHANI FOOD PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0465</t>
+  </si>
+  <si>
+    <t>GALLE MARKETING SERVICE ( PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0466</t>
+  </si>
+  <si>
+    <t>LAKPLY MANUFACTURERS (PVT)LTD.</t>
+  </si>
+  <si>
+    <t>0000 0000 0467</t>
+  </si>
+  <si>
+    <t>NELUMBO NATURA COSMETICS</t>
+  </si>
+  <si>
+    <t>0000 0000 0468</t>
+  </si>
+  <si>
+    <t>ECOGREEN RAJARATA PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0469</t>
+  </si>
+  <si>
+    <t>TRISTAR POLY TECH (PVT) LTD.</t>
+  </si>
+  <si>
+    <t>0000 0000 0470</t>
+  </si>
+  <si>
+    <t>T R O LANKA ENGINEERING (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0471</t>
+  </si>
+  <si>
+    <t>SUN SCREEN (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0472</t>
+  </si>
+  <si>
+    <t>MAC EXPORT HOLDINGS PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0473</t>
+  </si>
+  <si>
+    <t>AMEE ENTERPRISES</t>
+  </si>
+  <si>
+    <t>0000 0000 0474</t>
+  </si>
+  <si>
+    <t>AROYA CEYLON (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0475</t>
+  </si>
+  <si>
+    <t>MULTI POLYMERS</t>
+  </si>
+  <si>
+    <t>0000 0000 0476</t>
+  </si>
+  <si>
+    <t>EXCELLNCE ENGENDERING</t>
+  </si>
+  <si>
+    <t>0000 0000 0477</t>
+  </si>
+  <si>
+    <t>SHUBANI FIRE WORKS</t>
+  </si>
+  <si>
+    <t>0000 0000 0478</t>
+  </si>
+  <si>
+    <t>SANJEEWAKA AYURVEDIC PRODUCTS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0479</t>
+  </si>
+  <si>
+    <t>POWER TECH MARKETING SOLUTIONS &amp; ENGINEERING (PVT)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0480</t>
+  </si>
+  <si>
+    <t>FLEXUS PHARMA (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0481</t>
+  </si>
+  <si>
+    <t>FINAKLE MANAGEMENT SOLUTIONS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0482</t>
+  </si>
+  <si>
+    <t>SAYU BY SANJU STORE (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0483</t>
+  </si>
+  <si>
+    <t>EMINENCE HOTEL AND LUXURY BANQUETS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0484</t>
+  </si>
+  <si>
+    <t>MOON BRIGHT STUDIO  /   MOON  BRIGHT CLOTHING</t>
+  </si>
+  <si>
+    <t>0000 0000 0485</t>
+  </si>
+  <si>
+    <t>SOLUTIONS WATERMINDS</t>
+  </si>
+  <si>
+    <t>0000 0000 0486</t>
+  </si>
+  <si>
+    <t>ISALI FASHION</t>
+  </si>
+  <si>
+    <t>0000 0000 0487</t>
+  </si>
+  <si>
+    <t>PADAMA PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0488</t>
+  </si>
+  <si>
+    <t>SRI SAMANELIYA TEA FACTORY</t>
+  </si>
+  <si>
+    <t>0000 0000 0489</t>
+  </si>
+  <si>
+    <t>CHALLENGE FOOD PRODUCTS LIMITED COMPANY</t>
+  </si>
+  <si>
+    <t>0000 0000 0490</t>
+  </si>
+  <si>
+    <t>S S P ENGINEERS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0491</t>
+  </si>
+  <si>
+    <t>THILINA SANJEEWA</t>
+  </si>
+  <si>
+    <t>0000 0000 0492</t>
+  </si>
+  <si>
+    <t>LIFESTYLE COLLECTION</t>
+  </si>
+  <si>
+    <t>0000 0000 0493</t>
+  </si>
+  <si>
+    <t>CEYLON EMERALD WAY PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0494</t>
+  </si>
+  <si>
+    <t>SILVA ENGINEERS</t>
+  </si>
+  <si>
+    <t>0000 0000 0495</t>
+  </si>
+  <si>
+    <t>SAMANALA FOOD INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0496</t>
+  </si>
+  <si>
+    <t>NATECH AGRI</t>
+  </si>
+  <si>
+    <t>0000 0000 0497</t>
+  </si>
+  <si>
+    <t>THE BLISS MELON</t>
+  </si>
+  <si>
+    <t>0000 0000 0498</t>
+  </si>
+  <si>
+    <t>ATD ENTERPRISES (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0499</t>
+  </si>
+  <si>
+    <t>LUXMY INDUSTRY</t>
+  </si>
+  <si>
+    <t>Vavuniya</t>
+  </si>
+  <si>
+    <t>0000 0000 0500</t>
+  </si>
+  <si>
+    <t>THARSAN ENTERPRISES PVT. LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0501</t>
+  </si>
+  <si>
+    <t>BENN RUBBER INDUSTRY</t>
+  </si>
+  <si>
+    <t>0000 0000 0502</t>
+  </si>
+  <si>
+    <t>GREEN POLY LANKA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>0000 0000 0503</t>
+  </si>
+  <si>
+    <t>AMMA PRODUCT</t>
+  </si>
+  <si>
+    <t>0000 0000 0504</t>
+  </si>
+  <si>
+    <t>TEA SACK PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0505</t>
+  </si>
+  <si>
+    <t>LAHIRU FOOD PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0506</t>
+  </si>
+  <si>
+    <t>KEMITHA FOODS</t>
+  </si>
+  <si>
+    <t>0000 0000 0507</t>
+  </si>
+  <si>
+    <t>KING CEYLON</t>
+  </si>
+  <si>
+    <t>0000 0000 0508</t>
+  </si>
+  <si>
+    <t>GANGAA JEWELLERY MARTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0509</t>
+  </si>
+  <si>
+    <t>C D MARKETING SERVICES</t>
+  </si>
+  <si>
+    <t>0000 0000 0510</t>
+  </si>
+  <si>
+    <t>MANELWALA HYDROPOWER PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0511</t>
+  </si>
+  <si>
+    <t>DKW PLASTIC INDUSTRIES</t>
+  </si>
+  <si>
+    <t>0000 0000 0512</t>
+  </si>
+  <si>
+    <t>FAMILY BITES</t>
+  </si>
+  <si>
+    <t>0000 0000 0513</t>
+  </si>
+  <si>
+    <t>THASHIN LANKA MINERALS (PVT.)LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0514</t>
+  </si>
+  <si>
+    <t>BEEHIVE MALLIKA BAKERS</t>
+  </si>
+  <si>
+    <t>0000 0000 0515</t>
+  </si>
+  <si>
+    <t>LANKAN PEWTER (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0516</t>
+  </si>
+  <si>
+    <t>MADITHTHA PRODUCTS (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0517</t>
+  </si>
+  <si>
+    <t>THUYAVAN LIQUID SOAP</t>
+  </si>
+  <si>
+    <t>Kilinochchi</t>
+  </si>
+  <si>
+    <t>0000 0000 0518</t>
+  </si>
+  <si>
+    <t>OMEGA ORGANIC PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0519</t>
+  </si>
+  <si>
+    <t>ATHITHTHIYA PRODUCTS</t>
+  </si>
+  <si>
+    <t>0000 0000 0520</t>
+  </si>
+  <si>
+    <t>BANU ENTERPRISES</t>
+  </si>
+  <si>
+    <t>0000 0000 0521</t>
+  </si>
+  <si>
+    <t>ADVANCED DEVELOPERS</t>
+  </si>
+  <si>
+    <t>0000 0000 0522</t>
+  </si>
+  <si>
+    <t>VYSH INDUSTRY</t>
+  </si>
+  <si>
+    <t>0000 0000 0523</t>
+  </si>
+  <si>
+    <t>DIAS MARKETING COMPANY</t>
+  </si>
+  <si>
+    <t>0000 0000 0524</t>
+  </si>
+  <si>
+    <t>SIVAN AMMAN POTTERY</t>
+  </si>
+  <si>
+    <t>0000 0000 0525</t>
+  </si>
+  <si>
+    <t>T.D.B TAILORING</t>
+  </si>
+  <si>
+    <t>0000 0000 0526</t>
+  </si>
+  <si>
+    <t>S.K.SEAFOOD EXPORT CENTER</t>
+  </si>
+  <si>
+    <t>0000 0000 0527</t>
+  </si>
+  <si>
+    <t>AAA SEA FOOD</t>
+  </si>
+  <si>
+    <t>0000 0000 0528</t>
+  </si>
+  <si>
+    <t>K.E.D</t>
+  </si>
+  <si>
+    <t>0000 0000 0529</t>
+  </si>
+  <si>
+    <t>POTHIGAI CHEMICALS</t>
+  </si>
+  <si>
+    <t>0000 0000 0530</t>
+  </si>
+  <si>
+    <t>V.S-T</t>
+  </si>
+  <si>
+    <t>0000 0000 0531</t>
+  </si>
+  <si>
+    <t>S.R.JIMPIRON DRYFISH</t>
+  </si>
+  <si>
+    <t>0000 0000 0532</t>
+  </si>
+  <si>
+    <t>AVS கடலுணவு விற்பனை நிலையம்</t>
+  </si>
+  <si>
+    <t>0000 0000 0533</t>
+  </si>
+  <si>
+    <t>AKIOW PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0534</t>
+  </si>
+  <si>
+    <t>SLUCKY CREATIONS</t>
+  </si>
+  <si>
+    <t>0000 0000 0535</t>
+  </si>
+  <si>
+    <t>CEYLON FOODS ZONE (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0536</t>
+  </si>
+  <si>
+    <t>WASTE TO VALUE (PVT) LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0537</t>
+  </si>
+  <si>
+    <t>ROOT QUICK</t>
+  </si>
+  <si>
+    <t>0000 0000 0538</t>
+  </si>
+  <si>
+    <t>THE COOL CRAFTY</t>
+  </si>
+  <si>
+    <t>0000 0000 0539</t>
+  </si>
+  <si>
+    <t>PRABUDDI CERTIFICATION PVT LTD</t>
+  </si>
+  <si>
+    <t>0000 0000 0540</t>
+  </si>
+  <si>
+    <t>KETOSHOE INDUSTRY</t>
+  </si>
+  <si>
+    <t>0000 0000 0541</t>
+  </si>
+  <si>
+    <t>SAI DIHA IMPORT &amp; EXPORT (PVT) LTD.</t>
+  </si>
+  <si>
+    <t>0000 0000 0542</t>
+  </si>
+  <si>
+    <t>KISHANA SMALL INDUSTRY</t>
+  </si>
+  <si>
+    <t>0000 0000 0543</t>
+  </si>
+  <si>
+    <t>T.A.R CENTER</t>
+  </si>
+  <si>
+    <t>0000 0000 0544</t>
+  </si>
+  <si>
+    <t>NILA SMALL INDUSTRY</t>
+  </si>
+  <si>
+    <t>0000 0000 0545</t>
+  </si>
+  <si>
+    <t>TAASA RICE PROCESSING COMPANY PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>0000 0000 0546</t>
+  </si>
+  <si>
+    <t>A.L.STECHINERY</t>
+  </si>
+  <si>
+    <t>0000 0000 0547</t>
+  </si>
+  <si>
+    <t>KIM THUMPU THOLITTSALI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2951,51 +3776,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F404"/>
+  <dimension ref="A1:F540"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="70" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -11045,50 +11870,2770 @@
       <c r="E403" t="s">
         <v>15</v>
       </c>
       <c r="F403" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
         <v>856</v>
       </c>
       <c r="B404" t="s">
         <v>857</v>
       </c>
       <c r="C404" t="s">
         <v>19</v>
       </c>
       <c r="D404" t="s">
         <v>9</v>
       </c>
       <c r="E404" t="s">
         <v>15</v>
       </c>
       <c r="F404" t="s">
         <v>22</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6">
+      <c r="A405" t="s">
+        <v>858</v>
+      </c>
+      <c r="B405" t="s">
+        <v>859</v>
+      </c>
+      <c r="C405" t="s">
+        <v>19</v>
+      </c>
+      <c r="D405" t="s">
+        <v>9</v>
+      </c>
+      <c r="E405" t="s">
+        <v>15</v>
+      </c>
+      <c r="F405" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6">
+      <c r="A406" t="s">
+        <v>860</v>
+      </c>
+      <c r="B406" t="s">
+        <v>861</v>
+      </c>
+      <c r="C406" t="s">
+        <v>103</v>
+      </c>
+      <c r="D406" t="s">
+        <v>9</v>
+      </c>
+      <c r="E406" t="s">
+        <v>15</v>
+      </c>
+      <c r="F406" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407" t="s">
+        <v>862</v>
+      </c>
+      <c r="B407" t="s">
+        <v>863</v>
+      </c>
+      <c r="C407" t="s">
+        <v>19</v>
+      </c>
+      <c r="D407" t="s">
+        <v>14</v>
+      </c>
+      <c r="E407" t="s">
+        <v>15</v>
+      </c>
+      <c r="F407" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6">
+      <c r="A408" t="s">
+        <v>864</v>
+      </c>
+      <c r="B408" t="s">
+        <v>865</v>
+      </c>
+      <c r="C408" t="s">
+        <v>19</v>
+      </c>
+      <c r="D408" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408" t="s">
+        <v>21</v>
+      </c>
+      <c r="F408" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6">
+      <c r="A409" t="s">
+        <v>866</v>
+      </c>
+      <c r="B409" t="s">
+        <v>867</v>
+      </c>
+      <c r="C409" t="s">
+        <v>19</v>
+      </c>
+      <c r="D409" t="s">
+        <v>14</v>
+      </c>
+      <c r="E409" t="s">
+        <v>21</v>
+      </c>
+      <c r="F409" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6">
+      <c r="A410" t="s">
+        <v>868</v>
+      </c>
+      <c r="B410" t="s">
+        <v>869</v>
+      </c>
+      <c r="C410" t="s">
+        <v>19</v>
+      </c>
+      <c r="D410" t="s">
+        <v>9</v>
+      </c>
+      <c r="E410" t="s">
+        <v>21</v>
+      </c>
+      <c r="F410" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="A411" t="s">
+        <v>870</v>
+      </c>
+      <c r="B411" t="s">
+        <v>871</v>
+      </c>
+      <c r="C411" t="s">
+        <v>103</v>
+      </c>
+      <c r="D411" t="s">
+        <v>872</v>
+      </c>
+      <c r="E411" t="s">
+        <v>15</v>
+      </c>
+      <c r="F411" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6">
+      <c r="A412" t="s">
+        <v>873</v>
+      </c>
+      <c r="B412" t="s">
+        <v>874</v>
+      </c>
+      <c r="C412" t="s">
+        <v>75</v>
+      </c>
+      <c r="D412" t="s">
+        <v>9</v>
+      </c>
+      <c r="E412" t="s">
+        <v>15</v>
+      </c>
+      <c r="F412" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6">
+      <c r="A413" t="s">
+        <v>875</v>
+      </c>
+      <c r="B413" t="s">
+        <v>876</v>
+      </c>
+      <c r="C413" t="s">
+        <v>19</v>
+      </c>
+      <c r="D413" t="s">
+        <v>9</v>
+      </c>
+      <c r="E413" t="s">
+        <v>10</v>
+      </c>
+      <c r="F413" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6">
+      <c r="A414" t="s">
+        <v>877</v>
+      </c>
+      <c r="B414" t="s">
+        <v>878</v>
+      </c>
+      <c r="C414" t="s">
+        <v>75</v>
+      </c>
+      <c r="D414" t="s">
+        <v>14</v>
+      </c>
+      <c r="E414" t="s">
+        <v>21</v>
+      </c>
+      <c r="F414" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415" t="s">
+        <v>879</v>
+      </c>
+      <c r="B415" t="s">
+        <v>880</v>
+      </c>
+      <c r="C415" t="s">
+        <v>19</v>
+      </c>
+      <c r="D415" t="s">
+        <v>14</v>
+      </c>
+      <c r="E415" t="s">
+        <v>21</v>
+      </c>
+      <c r="F415" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6">
+      <c r="A416" t="s">
+        <v>881</v>
+      </c>
+      <c r="B416" t="s">
+        <v>882</v>
+      </c>
+      <c r="C416" t="s">
+        <v>19</v>
+      </c>
+      <c r="D416" t="s">
+        <v>9</v>
+      </c>
+      <c r="E416" t="s">
+        <v>15</v>
+      </c>
+      <c r="F416" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6">
+      <c r="A417" t="s">
+        <v>883</v>
+      </c>
+      <c r="B417" t="s">
+        <v>884</v>
+      </c>
+      <c r="C417" t="s">
+        <v>19</v>
+      </c>
+      <c r="D417" t="s">
+        <v>37</v>
+      </c>
+      <c r="E417" t="s">
+        <v>21</v>
+      </c>
+      <c r="F417" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6">
+      <c r="A418" t="s">
+        <v>885</v>
+      </c>
+      <c r="B418" t="s">
+        <v>886</v>
+      </c>
+      <c r="C418" t="s">
+        <v>19</v>
+      </c>
+      <c r="D418" t="s">
+        <v>14</v>
+      </c>
+      <c r="E418" t="s">
+        <v>21</v>
+      </c>
+      <c r="F418" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6">
+      <c r="A419" t="s">
+        <v>887</v>
+      </c>
+      <c r="B419" t="s">
+        <v>888</v>
+      </c>
+      <c r="C419" t="s">
+        <v>103</v>
+      </c>
+      <c r="D419" t="s">
+        <v>52</v>
+      </c>
+      <c r="E419" t="s">
+        <v>15</v>
+      </c>
+      <c r="F419" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="A420" t="s">
+        <v>889</v>
+      </c>
+      <c r="B420" t="s">
+        <v>890</v>
+      </c>
+      <c r="C420" t="s">
+        <v>19</v>
+      </c>
+      <c r="D420" t="s">
+        <v>100</v>
+      </c>
+      <c r="E420" t="s">
+        <v>21</v>
+      </c>
+      <c r="F420" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6">
+      <c r="A421" t="s">
+        <v>891</v>
+      </c>
+      <c r="B421" t="s">
+        <v>892</v>
+      </c>
+      <c r="C421" t="s">
+        <v>8</v>
+      </c>
+      <c r="D421" t="s">
+        <v>9</v>
+      </c>
+      <c r="E421" t="s">
+        <v>21</v>
+      </c>
+      <c r="F421" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6">
+      <c r="A422" t="s">
+        <v>893</v>
+      </c>
+      <c r="B422" t="s">
+        <v>894</v>
+      </c>
+      <c r="C422" t="s">
+        <v>19</v>
+      </c>
+      <c r="D422" t="s">
+        <v>9</v>
+      </c>
+      <c r="E422" t="s">
+        <v>15</v>
+      </c>
+      <c r="F422" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6">
+      <c r="A423" t="s">
+        <v>895</v>
+      </c>
+      <c r="B423" t="s">
+        <v>896</v>
+      </c>
+      <c r="C423" t="s">
+        <v>19</v>
+      </c>
+      <c r="D423" t="s">
+        <v>20</v>
+      </c>
+      <c r="E423" t="s">
+        <v>21</v>
+      </c>
+      <c r="F423" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6">
+      <c r="A424" t="s">
+        <v>897</v>
+      </c>
+      <c r="B424" t="s">
+        <v>898</v>
+      </c>
+      <c r="C424" t="s">
+        <v>19</v>
+      </c>
+      <c r="D424" t="s">
+        <v>14</v>
+      </c>
+      <c r="E424" t="s">
+        <v>21</v>
+      </c>
+      <c r="F424" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6">
+      <c r="A425" t="s">
+        <v>899</v>
+      </c>
+      <c r="B425" t="s">
+        <v>900</v>
+      </c>
+      <c r="C425" t="s">
+        <v>19</v>
+      </c>
+      <c r="D425" t="s">
+        <v>14</v>
+      </c>
+      <c r="E425" t="s">
+        <v>21</v>
+      </c>
+      <c r="F425" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6">
+      <c r="A426" t="s">
+        <v>901</v>
+      </c>
+      <c r="B426" t="s">
+        <v>902</v>
+      </c>
+      <c r="C426" t="s">
+        <v>19</v>
+      </c>
+      <c r="D426" t="s">
+        <v>9</v>
+      </c>
+      <c r="E426" t="s">
+        <v>15</v>
+      </c>
+      <c r="F426" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6">
+      <c r="A427" t="s">
+        <v>903</v>
+      </c>
+      <c r="B427" t="s">
+        <v>904</v>
+      </c>
+      <c r="C427" t="s">
+        <v>19</v>
+      </c>
+      <c r="D427" t="s">
+        <v>14</v>
+      </c>
+      <c r="E427" t="s">
+        <v>15</v>
+      </c>
+      <c r="F427" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6">
+      <c r="A428" t="s">
+        <v>905</v>
+      </c>
+      <c r="B428" t="s">
+        <v>906</v>
+      </c>
+      <c r="C428" t="s">
+        <v>19</v>
+      </c>
+      <c r="D428" t="s">
+        <v>9</v>
+      </c>
+      <c r="E428" t="s">
+        <v>15</v>
+      </c>
+      <c r="F428" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6">
+      <c r="A429" t="s">
+        <v>907</v>
+      </c>
+      <c r="B429" t="s">
+        <v>908</v>
+      </c>
+      <c r="C429" t="s">
+        <v>19</v>
+      </c>
+      <c r="D429" t="s">
+        <v>14</v>
+      </c>
+      <c r="E429" t="s">
+        <v>21</v>
+      </c>
+      <c r="F429" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6">
+      <c r="A430" t="s">
+        <v>909</v>
+      </c>
+      <c r="B430" t="s">
+        <v>910</v>
+      </c>
+      <c r="C430" t="s">
+        <v>27</v>
+      </c>
+      <c r="D430" t="s">
+        <v>9</v>
+      </c>
+      <c r="E430" t="s">
+        <v>15</v>
+      </c>
+      <c r="F430" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="431" spans="1:6">
+      <c r="A431" t="s">
+        <v>911</v>
+      </c>
+      <c r="B431" t="s">
+        <v>912</v>
+      </c>
+      <c r="C431" t="s">
+        <v>19</v>
+      </c>
+      <c r="D431" t="s">
+        <v>9</v>
+      </c>
+      <c r="E431" t="s">
+        <v>48</v>
+      </c>
+      <c r="F431" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6">
+      <c r="A432" t="s">
+        <v>913</v>
+      </c>
+      <c r="B432" t="s">
+        <v>914</v>
+      </c>
+      <c r="C432" t="s">
+        <v>19</v>
+      </c>
+      <c r="D432" t="s">
+        <v>14</v>
+      </c>
+      <c r="E432" t="s">
+        <v>21</v>
+      </c>
+      <c r="F432" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="433" spans="1:6">
+      <c r="A433" t="s">
+        <v>915</v>
+      </c>
+      <c r="B433" t="s">
+        <v>916</v>
+      </c>
+      <c r="C433" t="s">
+        <v>19</v>
+      </c>
+      <c r="D433" t="s">
+        <v>9</v>
+      </c>
+      <c r="E433" t="s">
+        <v>21</v>
+      </c>
+      <c r="F433" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="434" spans="1:6">
+      <c r="A434" t="s">
+        <v>917</v>
+      </c>
+      <c r="B434" t="s">
+        <v>918</v>
+      </c>
+      <c r="C434" t="s">
+        <v>19</v>
+      </c>
+      <c r="D434" t="s">
+        <v>9</v>
+      </c>
+      <c r="E434" t="s">
+        <v>15</v>
+      </c>
+      <c r="F434" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="435" spans="1:6">
+      <c r="A435" t="s">
+        <v>919</v>
+      </c>
+      <c r="B435" t="s">
+        <v>920</v>
+      </c>
+      <c r="C435" t="s">
+        <v>19</v>
+      </c>
+      <c r="D435" t="s">
+        <v>14</v>
+      </c>
+      <c r="E435" t="s">
+        <v>15</v>
+      </c>
+      <c r="F435" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="436" spans="1:6">
+      <c r="A436" t="s">
+        <v>921</v>
+      </c>
+      <c r="B436" t="s">
+        <v>922</v>
+      </c>
+      <c r="C436" t="s">
+        <v>19</v>
+      </c>
+      <c r="D436" t="s">
+        <v>9</v>
+      </c>
+      <c r="E436" t="s">
+        <v>15</v>
+      </c>
+      <c r="F436" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="437" spans="1:6">
+      <c r="A437" t="s">
+        <v>923</v>
+      </c>
+      <c r="B437" t="s">
+        <v>924</v>
+      </c>
+      <c r="C437" t="s">
+        <v>19</v>
+      </c>
+      <c r="D437" t="s">
+        <v>14</v>
+      </c>
+      <c r="E437" t="s">
+        <v>15</v>
+      </c>
+      <c r="F437" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="438" spans="1:6">
+      <c r="A438" t="s">
+        <v>925</v>
+      </c>
+      <c r="B438" t="s">
+        <v>926</v>
+      </c>
+      <c r="C438" t="s">
+        <v>19</v>
+      </c>
+      <c r="D438" t="s">
+        <v>9</v>
+      </c>
+      <c r="E438" t="s">
+        <v>10</v>
+      </c>
+      <c r="F438" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="439" spans="1:6">
+      <c r="A439" t="s">
+        <v>927</v>
+      </c>
+      <c r="B439" t="s">
+        <v>928</v>
+      </c>
+      <c r="C439" t="s">
+        <v>19</v>
+      </c>
+      <c r="D439" t="s">
+        <v>14</v>
+      </c>
+      <c r="E439" t="s">
+        <v>10</v>
+      </c>
+      <c r="F439" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="440" spans="1:6">
+      <c r="A440" t="s">
+        <v>929</v>
+      </c>
+      <c r="B440" t="s">
+        <v>930</v>
+      </c>
+      <c r="C440" t="s">
+        <v>8</v>
+      </c>
+      <c r="D440" t="s">
+        <v>14</v>
+      </c>
+      <c r="E440" t="s">
+        <v>15</v>
+      </c>
+      <c r="F440" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="441" spans="1:6">
+      <c r="A441" t="s">
+        <v>931</v>
+      </c>
+      <c r="B441" t="s">
+        <v>932</v>
+      </c>
+      <c r="C441" t="s">
+        <v>19</v>
+      </c>
+      <c r="D441" t="s">
+        <v>9</v>
+      </c>
+      <c r="E441" t="s">
+        <v>15</v>
+      </c>
+      <c r="F441" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="442" spans="1:6">
+      <c r="A442" t="s">
+        <v>933</v>
+      </c>
+      <c r="B442" t="s">
+        <v>934</v>
+      </c>
+      <c r="C442" t="s">
+        <v>19</v>
+      </c>
+      <c r="D442" t="s">
+        <v>14</v>
+      </c>
+      <c r="E442" t="s">
+        <v>21</v>
+      </c>
+      <c r="F442" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="443" spans="1:6">
+      <c r="A443" t="s">
+        <v>935</v>
+      </c>
+      <c r="B443" t="s">
+        <v>936</v>
+      </c>
+      <c r="C443" t="s">
+        <v>19</v>
+      </c>
+      <c r="D443" t="s">
+        <v>37</v>
+      </c>
+      <c r="E443" t="s">
+        <v>15</v>
+      </c>
+      <c r="F443" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="444" spans="1:6">
+      <c r="A444" t="s">
+        <v>937</v>
+      </c>
+      <c r="B444" t="s">
+        <v>938</v>
+      </c>
+      <c r="C444" t="s">
+        <v>19</v>
+      </c>
+      <c r="D444" t="s">
+        <v>9</v>
+      </c>
+      <c r="E444" t="s">
+        <v>15</v>
+      </c>
+      <c r="F444" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="445" spans="1:6">
+      <c r="A445" t="s">
+        <v>939</v>
+      </c>
+      <c r="B445" t="s">
+        <v>940</v>
+      </c>
+      <c r="C445" t="s">
+        <v>19</v>
+      </c>
+      <c r="D445" t="s">
+        <v>9</v>
+      </c>
+      <c r="E445" t="s">
+        <v>10</v>
+      </c>
+      <c r="F445" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6">
+      <c r="A446" t="s">
+        <v>941</v>
+      </c>
+      <c r="B446" t="s">
+        <v>942</v>
+      </c>
+      <c r="C446" t="s">
+        <v>19</v>
+      </c>
+      <c r="D446" t="s">
+        <v>9</v>
+      </c>
+      <c r="E446" t="s">
+        <v>15</v>
+      </c>
+      <c r="F446" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6">
+      <c r="A447" t="s">
+        <v>943</v>
+      </c>
+      <c r="B447" t="s">
+        <v>944</v>
+      </c>
+      <c r="C447" t="s">
+        <v>19</v>
+      </c>
+      <c r="D447" t="s">
+        <v>52</v>
+      </c>
+      <c r="E447" t="s">
+        <v>15</v>
+      </c>
+      <c r="F447" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="448" spans="1:6">
+      <c r="A448" t="s">
+        <v>945</v>
+      </c>
+      <c r="B448" t="s">
+        <v>946</v>
+      </c>
+      <c r="C448" t="s">
+        <v>19</v>
+      </c>
+      <c r="D448" t="s">
+        <v>9</v>
+      </c>
+      <c r="E448" t="s">
+        <v>15</v>
+      </c>
+      <c r="F448" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6">
+      <c r="A449" t="s">
+        <v>947</v>
+      </c>
+      <c r="B449" t="s">
+        <v>948</v>
+      </c>
+      <c r="C449" t="s">
+        <v>580</v>
+      </c>
+      <c r="D449" t="s">
+        <v>37</v>
+      </c>
+      <c r="E449" t="s">
+        <v>21</v>
+      </c>
+      <c r="F449" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6">
+      <c r="A450" t="s">
+        <v>949</v>
+      </c>
+      <c r="B450" t="s">
+        <v>950</v>
+      </c>
+      <c r="C450" t="s">
+        <v>103</v>
+      </c>
+      <c r="D450" t="s">
+        <v>9</v>
+      </c>
+      <c r="E450" t="s">
+        <v>15</v>
+      </c>
+      <c r="F450" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="451" spans="1:6">
+      <c r="A451" t="s">
+        <v>951</v>
+      </c>
+      <c r="B451" t="s">
+        <v>952</v>
+      </c>
+      <c r="C451" t="s">
+        <v>19</v>
+      </c>
+      <c r="D451" t="s">
+        <v>14</v>
+      </c>
+      <c r="E451" t="s">
+        <v>15</v>
+      </c>
+      <c r="F451" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="452" spans="1:6">
+      <c r="A452" t="s">
+        <v>953</v>
+      </c>
+      <c r="B452" t="s">
+        <v>954</v>
+      </c>
+      <c r="C452" t="s">
+        <v>90</v>
+      </c>
+      <c r="D452" t="s">
+        <v>14</v>
+      </c>
+      <c r="E452" t="s">
+        <v>21</v>
+      </c>
+      <c r="F452" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="453" spans="1:6">
+      <c r="A453" t="s">
+        <v>955</v>
+      </c>
+      <c r="B453" t="s">
+        <v>956</v>
+      </c>
+      <c r="C453" t="s">
+        <v>19</v>
+      </c>
+      <c r="D453" t="s">
+        <v>14</v>
+      </c>
+      <c r="E453" t="s">
+        <v>21</v>
+      </c>
+      <c r="F453" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="454" spans="1:6">
+      <c r="A454" t="s">
+        <v>957</v>
+      </c>
+      <c r="B454" t="s">
+        <v>958</v>
+      </c>
+      <c r="C454" t="s">
+        <v>8</v>
+      </c>
+      <c r="D454" t="s">
+        <v>14</v>
+      </c>
+      <c r="E454" t="s">
+        <v>10</v>
+      </c>
+      <c r="F454" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="455" spans="1:6">
+      <c r="A455" t="s">
+        <v>959</v>
+      </c>
+      <c r="B455" t="s">
+        <v>960</v>
+      </c>
+      <c r="C455" t="s">
+        <v>27</v>
+      </c>
+      <c r="D455" t="s">
+        <v>9</v>
+      </c>
+      <c r="E455" t="s">
+        <v>21</v>
+      </c>
+      <c r="F455" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="456" spans="1:6">
+      <c r="A456" t="s">
+        <v>961</v>
+      </c>
+      <c r="B456" t="s">
+        <v>962</v>
+      </c>
+      <c r="C456" t="s">
+        <v>19</v>
+      </c>
+      <c r="D456" t="s">
+        <v>9</v>
+      </c>
+      <c r="E456" t="s">
+        <v>10</v>
+      </c>
+      <c r="F456" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="457" spans="1:6">
+      <c r="A457" t="s">
+        <v>963</v>
+      </c>
+      <c r="B457" t="s">
+        <v>964</v>
+      </c>
+      <c r="C457" t="s">
+        <v>75</v>
+      </c>
+      <c r="D457" t="s">
+        <v>14</v>
+      </c>
+      <c r="E457" t="s">
+        <v>15</v>
+      </c>
+      <c r="F457" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="458" spans="1:6">
+      <c r="A458" t="s">
+        <v>965</v>
+      </c>
+      <c r="B458" t="s">
+        <v>966</v>
+      </c>
+      <c r="C458" t="s">
+        <v>19</v>
+      </c>
+      <c r="D458" t="s">
+        <v>9</v>
+      </c>
+      <c r="E458" t="s">
+        <v>15</v>
+      </c>
+      <c r="F458" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="459" spans="1:6">
+      <c r="A459" t="s">
+        <v>967</v>
+      </c>
+      <c r="B459" t="s">
+        <v>968</v>
+      </c>
+      <c r="C459" t="s">
+        <v>19</v>
+      </c>
+      <c r="D459" t="s">
+        <v>9</v>
+      </c>
+      <c r="E459" t="s">
+        <v>15</v>
+      </c>
+      <c r="F459" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="460" spans="1:6">
+      <c r="A460" t="s">
+        <v>969</v>
+      </c>
+      <c r="B460" t="s">
+        <v>970</v>
+      </c>
+      <c r="C460" t="s">
+        <v>19</v>
+      </c>
+      <c r="D460" t="s">
+        <v>9</v>
+      </c>
+      <c r="E460" t="s">
+        <v>15</v>
+      </c>
+      <c r="F460" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6">
+      <c r="A461" t="s">
+        <v>971</v>
+      </c>
+      <c r="B461" t="s">
+        <v>972</v>
+      </c>
+      <c r="C461" t="s">
+        <v>19</v>
+      </c>
+      <c r="D461" t="s">
+        <v>9</v>
+      </c>
+      <c r="E461" t="s">
+        <v>15</v>
+      </c>
+      <c r="F461" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6">
+      <c r="A462" t="s">
+        <v>973</v>
+      </c>
+      <c r="B462" t="s">
+        <v>974</v>
+      </c>
+      <c r="C462" t="s">
+        <v>8</v>
+      </c>
+      <c r="D462" t="s">
+        <v>9</v>
+      </c>
+      <c r="E462" t="s">
+        <v>15</v>
+      </c>
+      <c r="F462" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="463" spans="1:6">
+      <c r="A463" t="s">
+        <v>975</v>
+      </c>
+      <c r="B463" t="s">
+        <v>976</v>
+      </c>
+      <c r="C463" t="s">
+        <v>27</v>
+      </c>
+      <c r="D463" t="s">
+        <v>9</v>
+      </c>
+      <c r="E463" t="s">
+        <v>15</v>
+      </c>
+      <c r="F463" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6">
+      <c r="A464" t="s">
+        <v>977</v>
+      </c>
+      <c r="B464" t="s">
+        <v>978</v>
+      </c>
+      <c r="C464" t="s">
+        <v>103</v>
+      </c>
+      <c r="D464" t="s">
+        <v>9</v>
+      </c>
+      <c r="E464" t="s">
+        <v>15</v>
+      </c>
+      <c r="F464" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="465" spans="1:6">
+      <c r="A465" t="s">
+        <v>979</v>
+      </c>
+      <c r="B465" t="s">
+        <v>980</v>
+      </c>
+      <c r="C465" t="s">
+        <v>19</v>
+      </c>
+      <c r="D465" t="s">
+        <v>9</v>
+      </c>
+      <c r="E465" t="s">
+        <v>15</v>
+      </c>
+      <c r="F465" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="466" spans="1:6">
+      <c r="A466" t="s">
+        <v>981</v>
+      </c>
+      <c r="B466" t="s">
+        <v>982</v>
+      </c>
+      <c r="C466" t="s">
+        <v>8</v>
+      </c>
+      <c r="D466" t="s">
+        <v>14</v>
+      </c>
+      <c r="E466" t="s">
+        <v>15</v>
+      </c>
+      <c r="F466" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="467" spans="1:6">
+      <c r="A467" t="s">
+        <v>983</v>
+      </c>
+      <c r="B467" t="s">
+        <v>984</v>
+      </c>
+      <c r="C467" t="s">
+        <v>19</v>
+      </c>
+      <c r="D467" t="s">
+        <v>9</v>
+      </c>
+      <c r="E467" t="s">
+        <v>21</v>
+      </c>
+      <c r="F467" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="468" spans="1:6">
+      <c r="A468" t="s">
+        <v>985</v>
+      </c>
+      <c r="B468" t="s">
+        <v>986</v>
+      </c>
+      <c r="C468" t="s">
+        <v>19</v>
+      </c>
+      <c r="D468" t="s">
+        <v>37</v>
+      </c>
+      <c r="E468" t="s">
+        <v>15</v>
+      </c>
+      <c r="F468" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="469" spans="1:6">
+      <c r="A469" t="s">
+        <v>987</v>
+      </c>
+      <c r="B469" t="s">
+        <v>988</v>
+      </c>
+      <c r="C469" t="s">
+        <v>19</v>
+      </c>
+      <c r="D469" t="s">
+        <v>37</v>
+      </c>
+      <c r="E469" t="s">
+        <v>21</v>
+      </c>
+      <c r="F469" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="470" spans="1:6">
+      <c r="A470" t="s">
+        <v>989</v>
+      </c>
+      <c r="B470" t="s">
+        <v>990</v>
+      </c>
+      <c r="C470" t="s">
+        <v>8</v>
+      </c>
+      <c r="D470" t="s">
+        <v>14</v>
+      </c>
+      <c r="E470" t="s">
+        <v>15</v>
+      </c>
+      <c r="F470" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6">
+      <c r="A471" t="s">
+        <v>991</v>
+      </c>
+      <c r="B471" t="s">
+        <v>992</v>
+      </c>
+      <c r="C471" t="s">
+        <v>19</v>
+      </c>
+      <c r="D471" t="s">
+        <v>9</v>
+      </c>
+      <c r="E471" t="s">
+        <v>48</v>
+      </c>
+      <c r="F471" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6">
+      <c r="A472" t="s">
+        <v>993</v>
+      </c>
+      <c r="B472" t="s">
+        <v>994</v>
+      </c>
+      <c r="C472" t="s">
+        <v>103</v>
+      </c>
+      <c r="D472" t="s">
+        <v>9</v>
+      </c>
+      <c r="E472" t="s">
+        <v>15</v>
+      </c>
+      <c r="F472" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6">
+      <c r="A473" t="s">
+        <v>995</v>
+      </c>
+      <c r="B473" t="s">
+        <v>996</v>
+      </c>
+      <c r="C473" t="s">
+        <v>19</v>
+      </c>
+      <c r="D473" t="s">
+        <v>9</v>
+      </c>
+      <c r="E473" t="s">
+        <v>15</v>
+      </c>
+      <c r="F473" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="474" spans="1:6">
+      <c r="A474" t="s">
+        <v>997</v>
+      </c>
+      <c r="B474" t="s">
+        <v>998</v>
+      </c>
+      <c r="C474" t="s">
+        <v>103</v>
+      </c>
+      <c r="D474" t="s">
+        <v>31</v>
+      </c>
+      <c r="E474" t="s">
+        <v>15</v>
+      </c>
+      <c r="F474" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="475" spans="1:6">
+      <c r="A475" t="s">
+        <v>999</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C475" t="s">
+        <v>19</v>
+      </c>
+      <c r="D475" t="s">
+        <v>52</v>
+      </c>
+      <c r="E475" t="s">
+        <v>15</v>
+      </c>
+      <c r="F475" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="476" spans="1:6">
+      <c r="A476" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C476" t="s">
+        <v>103</v>
+      </c>
+      <c r="D476" t="s">
+        <v>9</v>
+      </c>
+      <c r="E476" t="s">
+        <v>10</v>
+      </c>
+      <c r="F476" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6">
+      <c r="A477" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C477" t="s">
+        <v>103</v>
+      </c>
+      <c r="D477" t="s">
+        <v>100</v>
+      </c>
+      <c r="E477" t="s">
+        <v>15</v>
+      </c>
+      <c r="F477" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6">
+      <c r="A478" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C478" t="s">
+        <v>103</v>
+      </c>
+      <c r="D478" t="s">
+        <v>14</v>
+      </c>
+      <c r="E478" t="s">
+        <v>21</v>
+      </c>
+      <c r="F478" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6">
+      <c r="A479" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C479" t="s">
+        <v>19</v>
+      </c>
+      <c r="D479" t="s">
+        <v>14</v>
+      </c>
+      <c r="E479" t="s">
+        <v>15</v>
+      </c>
+      <c r="F479" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="480" spans="1:6">
+      <c r="A480" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C480" t="s">
+        <v>19</v>
+      </c>
+      <c r="D480" t="s">
+        <v>14</v>
+      </c>
+      <c r="E480" t="s">
+        <v>21</v>
+      </c>
+      <c r="F480" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="481" spans="1:6">
+      <c r="A481" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C481" t="s">
+        <v>19</v>
+      </c>
+      <c r="D481" t="s">
+        <v>9</v>
+      </c>
+      <c r="E481" t="s">
+        <v>10</v>
+      </c>
+      <c r="F481" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="482" spans="1:6">
+      <c r="A482" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C482" t="s">
+        <v>19</v>
+      </c>
+      <c r="D482" t="s">
+        <v>9</v>
+      </c>
+      <c r="E482" t="s">
+        <v>15</v>
+      </c>
+      <c r="F482" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="483" spans="1:6">
+      <c r="A483" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C483" t="s">
+        <v>19</v>
+      </c>
+      <c r="D483" t="s">
+        <v>9</v>
+      </c>
+      <c r="E483" t="s">
+        <v>10</v>
+      </c>
+      <c r="F483" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="484" spans="1:6">
+      <c r="A484" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C484" t="s">
+        <v>19</v>
+      </c>
+      <c r="D484" t="s">
+        <v>9</v>
+      </c>
+      <c r="E484" t="s">
+        <v>21</v>
+      </c>
+      <c r="F484" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="485" spans="1:6">
+      <c r="A485" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C485" t="s">
+        <v>19</v>
+      </c>
+      <c r="D485" t="s">
+        <v>14</v>
+      </c>
+      <c r="E485" t="s">
+        <v>21</v>
+      </c>
+      <c r="F485" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="486" spans="1:6">
+      <c r="A486" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B486" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C486" t="s">
+        <v>580</v>
+      </c>
+      <c r="D486" t="s">
+        <v>9</v>
+      </c>
+      <c r="E486" t="s">
+        <v>15</v>
+      </c>
+      <c r="F486" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="487" spans="1:6">
+      <c r="A487" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B487" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C487" t="s">
+        <v>19</v>
+      </c>
+      <c r="D487" t="s">
+        <v>14</v>
+      </c>
+      <c r="E487" t="s">
+        <v>21</v>
+      </c>
+      <c r="F487" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="488" spans="1:6">
+      <c r="A488" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C488" t="s">
+        <v>19</v>
+      </c>
+      <c r="D488" t="s">
+        <v>37</v>
+      </c>
+      <c r="E488" t="s">
+        <v>15</v>
+      </c>
+      <c r="F488" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="489" spans="1:6">
+      <c r="A489" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C489" t="s">
+        <v>75</v>
+      </c>
+      <c r="D489" t="s">
+        <v>14</v>
+      </c>
+      <c r="E489" t="s">
+        <v>21</v>
+      </c>
+      <c r="F489" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="490" spans="1:6">
+      <c r="A490" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C490" t="s">
+        <v>19</v>
+      </c>
+      <c r="D490" t="s">
+        <v>14</v>
+      </c>
+      <c r="E490" t="s">
+        <v>21</v>
+      </c>
+      <c r="F490" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="491" spans="1:6">
+      <c r="A491" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C491" t="s">
+        <v>27</v>
+      </c>
+      <c r="D491" t="s">
+        <v>9</v>
+      </c>
+      <c r="E491" t="s">
+        <v>15</v>
+      </c>
+      <c r="F491" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="492" spans="1:6">
+      <c r="A492" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C492" t="s">
+        <v>19</v>
+      </c>
+      <c r="D492" t="s">
+        <v>14</v>
+      </c>
+      <c r="E492" t="s">
+        <v>21</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="493" spans="1:6">
+      <c r="A493" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C493" t="s">
+        <v>90</v>
+      </c>
+      <c r="D493" t="s">
+        <v>9</v>
+      </c>
+      <c r="E493" t="s">
+        <v>10</v>
+      </c>
+      <c r="F493" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="494" spans="1:6">
+      <c r="A494" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C494" t="s">
+        <v>19</v>
+      </c>
+      <c r="D494" t="s">
+        <v>14</v>
+      </c>
+      <c r="E494" t="s">
+        <v>21</v>
+      </c>
+      <c r="F494" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="495" spans="1:6">
+      <c r="A495" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C495" t="s">
+        <v>19</v>
+      </c>
+      <c r="D495" t="s">
+        <v>14</v>
+      </c>
+      <c r="E495" t="s">
+        <v>15</v>
+      </c>
+      <c r="F495" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="496" spans="1:6">
+      <c r="A496" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C496" t="s">
+        <v>19</v>
+      </c>
+      <c r="D496" t="s">
+        <v>14</v>
+      </c>
+      <c r="E496" t="s">
+        <v>21</v>
+      </c>
+      <c r="F496" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="497" spans="1:6">
+      <c r="A497" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C497" t="s">
+        <v>19</v>
+      </c>
+      <c r="D497" t="s">
+        <v>52</v>
+      </c>
+      <c r="E497" t="s">
+        <v>48</v>
+      </c>
+      <c r="F497" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="498" spans="1:6">
+      <c r="A498" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C498" t="s">
+        <v>75</v>
+      </c>
+      <c r="D498" t="s">
+        <v>14</v>
+      </c>
+      <c r="E498" t="s">
+        <v>15</v>
+      </c>
+      <c r="F498" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="499" spans="1:6">
+      <c r="A499" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C499" t="s">
+        <v>19</v>
+      </c>
+      <c r="D499" t="s">
+        <v>14</v>
+      </c>
+      <c r="E499" t="s">
+        <v>21</v>
+      </c>
+      <c r="F499" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="500" spans="1:6">
+      <c r="A500" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C500" t="s">
+        <v>19</v>
+      </c>
+      <c r="D500" t="s">
+        <v>14</v>
+      </c>
+      <c r="E500" t="s">
+        <v>21</v>
+      </c>
+      <c r="F500" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="501" spans="1:6">
+      <c r="A501" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C501" t="s">
+        <v>19</v>
+      </c>
+      <c r="D501" t="s">
+        <v>14</v>
+      </c>
+      <c r="E501" t="s">
+        <v>21</v>
+      </c>
+      <c r="F501" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="502" spans="1:6">
+      <c r="A502" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C502" t="s">
+        <v>99</v>
+      </c>
+      <c r="D502" t="s">
+        <v>14</v>
+      </c>
+      <c r="E502" t="s">
+        <v>15</v>
+      </c>
+      <c r="F502" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6">
+      <c r="A503" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C503" t="s">
+        <v>103</v>
+      </c>
+      <c r="D503" t="s">
+        <v>9</v>
+      </c>
+      <c r="E503" t="s">
+        <v>15</v>
+      </c>
+      <c r="F503" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6">
+      <c r="A504" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C504" t="s">
+        <v>19</v>
+      </c>
+      <c r="D504" t="s">
+        <v>37</v>
+      </c>
+      <c r="E504" t="s">
+        <v>10</v>
+      </c>
+      <c r="F504" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="505" spans="1:6">
+      <c r="A505" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C505" t="s">
+        <v>19</v>
+      </c>
+      <c r="D505" t="s">
+        <v>14</v>
+      </c>
+      <c r="E505" t="s">
+        <v>21</v>
+      </c>
+      <c r="F505" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="506" spans="1:6">
+      <c r="A506" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C506" t="s">
+        <v>19</v>
+      </c>
+      <c r="D506" t="s">
+        <v>9</v>
+      </c>
+      <c r="E506" t="s">
+        <v>15</v>
+      </c>
+      <c r="F506" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="507" spans="1:6">
+      <c r="A507" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C507" t="s">
+        <v>8</v>
+      </c>
+      <c r="D507" t="s">
+        <v>14</v>
+      </c>
+      <c r="E507" t="s">
+        <v>10</v>
+      </c>
+      <c r="F507" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="508" spans="1:6">
+      <c r="A508" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B508" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C508" t="s">
+        <v>19</v>
+      </c>
+      <c r="D508" t="s">
+        <v>9</v>
+      </c>
+      <c r="E508" t="s">
+        <v>15</v>
+      </c>
+      <c r="F508" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="509" spans="1:6">
+      <c r="A509" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C509" t="s">
+        <v>19</v>
+      </c>
+      <c r="D509" t="s">
+        <v>9</v>
+      </c>
+      <c r="E509" t="s">
+        <v>21</v>
+      </c>
+      <c r="F509" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="510" spans="1:6">
+      <c r="A510" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C510" t="s">
+        <v>19</v>
+      </c>
+      <c r="D510" t="s">
+        <v>14</v>
+      </c>
+      <c r="E510" t="s">
+        <v>21</v>
+      </c>
+      <c r="F510" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="511" spans="1:6">
+      <c r="A511" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C511" t="s">
+        <v>19</v>
+      </c>
+      <c r="D511" t="s">
+        <v>14</v>
+      </c>
+      <c r="E511" t="s">
+        <v>21</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="512" spans="1:6">
+      <c r="A512" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C512" t="s">
+        <v>19</v>
+      </c>
+      <c r="D512" t="s">
+        <v>14</v>
+      </c>
+      <c r="E512" t="s">
+        <v>21</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="513" spans="1:6">
+      <c r="A513" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C513" t="s">
+        <v>19</v>
+      </c>
+      <c r="D513" t="s">
+        <v>14</v>
+      </c>
+      <c r="E513" t="s">
+        <v>21</v>
+      </c>
+      <c r="F513" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="514" spans="1:6">
+      <c r="A514" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C514" t="s">
+        <v>19</v>
+      </c>
+      <c r="D514" t="s">
+        <v>14</v>
+      </c>
+      <c r="E514" t="s">
+        <v>10</v>
+      </c>
+      <c r="F514" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="515" spans="1:6">
+      <c r="A515" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C515" t="s">
+        <v>19</v>
+      </c>
+      <c r="D515" t="s">
+        <v>14</v>
+      </c>
+      <c r="E515" t="s">
+        <v>21</v>
+      </c>
+      <c r="F515" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="516" spans="1:6">
+      <c r="A516" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B516" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C516" t="s">
+        <v>19</v>
+      </c>
+      <c r="D516" t="s">
+        <v>9</v>
+      </c>
+      <c r="E516" t="s">
+        <v>21</v>
+      </c>
+      <c r="F516" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="517" spans="1:6">
+      <c r="A517" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C517" t="s">
+        <v>19</v>
+      </c>
+      <c r="D517" t="s">
+        <v>14</v>
+      </c>
+      <c r="E517" t="s">
+        <v>21</v>
+      </c>
+      <c r="F517" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="518" spans="1:6">
+      <c r="A518" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C518" t="s">
+        <v>8</v>
+      </c>
+      <c r="D518" t="s">
+        <v>14</v>
+      </c>
+      <c r="E518" t="s">
+        <v>21</v>
+      </c>
+      <c r="F518" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6">
+      <c r="A519" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C519" t="s">
+        <v>19</v>
+      </c>
+      <c r="D519" t="s">
+        <v>14</v>
+      </c>
+      <c r="E519" t="s">
+        <v>21</v>
+      </c>
+      <c r="F519" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6">
+      <c r="A520" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C520" t="s">
+        <v>103</v>
+      </c>
+      <c r="D520" t="s">
+        <v>14</v>
+      </c>
+      <c r="E520" t="s">
+        <v>21</v>
+      </c>
+      <c r="F520" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="521" spans="1:6">
+      <c r="A521" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C521" t="s">
+        <v>19</v>
+      </c>
+      <c r="D521" t="s">
+        <v>14</v>
+      </c>
+      <c r="E521" t="s">
+        <v>21</v>
+      </c>
+      <c r="F521" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="522" spans="1:6">
+      <c r="A522" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C522" t="s">
+        <v>19</v>
+      </c>
+      <c r="D522" t="s">
+        <v>14</v>
+      </c>
+      <c r="E522" t="s">
+        <v>21</v>
+      </c>
+      <c r="F522" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="523" spans="1:6">
+      <c r="A523" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C523" t="s">
+        <v>19</v>
+      </c>
+      <c r="D523" t="s">
+        <v>14</v>
+      </c>
+      <c r="E523" t="s">
+        <v>21</v>
+      </c>
+      <c r="F523" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="524" spans="1:6">
+      <c r="A524" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C524" t="s">
+        <v>19</v>
+      </c>
+      <c r="D524" t="s">
+        <v>14</v>
+      </c>
+      <c r="E524" t="s">
+        <v>21</v>
+      </c>
+      <c r="F524" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="525" spans="1:6">
+      <c r="A525" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C525" t="s">
+        <v>19</v>
+      </c>
+      <c r="D525" t="s">
+        <v>14</v>
+      </c>
+      <c r="E525" t="s">
+        <v>21</v>
+      </c>
+      <c r="F525" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="526" spans="1:6">
+      <c r="A526" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C526" t="s">
+        <v>19</v>
+      </c>
+      <c r="D526" t="s">
+        <v>9</v>
+      </c>
+      <c r="E526" t="s">
+        <v>21</v>
+      </c>
+      <c r="F526" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="527" spans="1:6">
+      <c r="A527" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B527" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C527" t="s">
+        <v>8</v>
+      </c>
+      <c r="D527" t="s">
+        <v>14</v>
+      </c>
+      <c r="E527" t="s">
+        <v>21</v>
+      </c>
+      <c r="F527" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="528" spans="1:6">
+      <c r="A528" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B528" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C528" t="s">
+        <v>19</v>
+      </c>
+      <c r="D528" t="s">
+        <v>9</v>
+      </c>
+      <c r="E528" t="s">
+        <v>21</v>
+      </c>
+      <c r="F528" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="529" spans="1:6">
+      <c r="A529" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B529" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C529" t="s">
+        <v>103</v>
+      </c>
+      <c r="D529" t="s">
+        <v>9</v>
+      </c>
+      <c r="E529" t="s">
+        <v>15</v>
+      </c>
+      <c r="F529" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="530" spans="1:6">
+      <c r="A530" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C530" t="s">
+        <v>27</v>
+      </c>
+      <c r="D530" t="s">
+        <v>37</v>
+      </c>
+      <c r="E530" t="s">
+        <v>15</v>
+      </c>
+      <c r="F530" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="531" spans="1:6">
+      <c r="A531" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B531" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C531" t="s">
+        <v>8</v>
+      </c>
+      <c r="D531" t="s">
+        <v>14</v>
+      </c>
+      <c r="E531" t="s">
+        <v>21</v>
+      </c>
+      <c r="F531" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="532" spans="1:6">
+      <c r="A532" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B532" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C532" t="s">
+        <v>103</v>
+      </c>
+      <c r="D532" t="s">
+        <v>31</v>
+      </c>
+      <c r="E532" t="s">
+        <v>21</v>
+      </c>
+      <c r="F532" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="533" spans="1:6">
+      <c r="A533" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B533" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C533" t="s">
+        <v>19</v>
+      </c>
+      <c r="D533" t="s">
+        <v>14</v>
+      </c>
+      <c r="E533" t="s">
+        <v>21</v>
+      </c>
+      <c r="F533" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="534" spans="1:6">
+      <c r="A534" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C534" t="s">
+        <v>19</v>
+      </c>
+      <c r="D534" t="s">
+        <v>52</v>
+      </c>
+      <c r="E534" t="s">
+        <v>21</v>
+      </c>
+      <c r="F534" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="535" spans="1:6">
+      <c r="A535" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B535" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C535" t="s">
+        <v>19</v>
+      </c>
+      <c r="D535" t="s">
+        <v>14</v>
+      </c>
+      <c r="E535" t="s">
+        <v>21</v>
+      </c>
+      <c r="F535" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="536" spans="1:6">
+      <c r="A536" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C536" t="s">
+        <v>19</v>
+      </c>
+      <c r="D536" t="s">
+        <v>14</v>
+      </c>
+      <c r="E536" t="s">
+        <v>21</v>
+      </c>
+      <c r="F536" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="537" spans="1:6">
+      <c r="A537" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B537" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C537" t="s">
+        <v>19</v>
+      </c>
+      <c r="D537" t="s">
+        <v>14</v>
+      </c>
+      <c r="E537" t="s">
+        <v>21</v>
+      </c>
+      <c r="F537" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="538" spans="1:6">
+      <c r="A538" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B538" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C538" t="s">
+        <v>19</v>
+      </c>
+      <c r="D538" t="s">
+        <v>9</v>
+      </c>
+      <c r="E538" t="s">
+        <v>15</v>
+      </c>
+      <c r="F538" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="539" spans="1:6">
+      <c r="A539" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C539" t="s">
+        <v>103</v>
+      </c>
+      <c r="D539" t="s">
+        <v>14</v>
+      </c>
+      <c r="E539" t="s">
+        <v>21</v>
+      </c>
+      <c r="F539" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="540" spans="1:6">
+      <c r="A540" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B540" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C540" t="s">
+        <v>19</v>
+      </c>
+      <c r="D540" t="s">
+        <v>9</v>
+      </c>
+      <c r="E540" t="s">
+        <v>15</v>
+      </c>
+      <c r="F540" t="s">
+        <v>1072</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">